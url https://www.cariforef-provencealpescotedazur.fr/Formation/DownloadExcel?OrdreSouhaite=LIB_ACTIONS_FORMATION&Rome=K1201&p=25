--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -335,56 +335,56 @@
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Repères spatio-temporels et prévisibilité</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Répondre aux enjeux du dispositif Serafin-PH</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Utiliser des évaluations perceptives et sensorielles pour établir un Plan d’Action Sensoriel Individualisé</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA avec TDI modéré à sévère : Enseigner des comportements sociaux adaptés</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA sans TDI : Accompagner des adultes vers l’emploi en milieu ordinaire</x:t>
   </x:si>
   <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/03/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Autisme, TSA sans TDI : Comprendre, repérer et accompagner</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS économie sociale et familiale</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
@@ -473,143 +473,143 @@
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Pastré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Pastré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée H d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Pastré</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BTS économie sociale et familiale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Progress Sup</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Progress Sup - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
+    <x:t>Maor Hateva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13376</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maor Hateva</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Epsa</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Epsa - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>BTS économie sociale familiale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13114</x:t>
@@ -638,116 +638,116 @@
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Sévigné</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Victor Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Bonaparte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
     <x:t>HEM santé</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Émile Zola</x:t>
   </x:si>
   <x:si>
     <x:t>13181</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée E Zola</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 5</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Ch Mongrand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-DE-BOUC</x:t>
+  </x:si>
+  <x:si>
     <x:t>lycée Nelson Mandela</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Sévigné</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>BTS services et prestations des secteurs sanitaire et social (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur de Formation et de Préparation</x:t>
   </x:si>
   <x:si>
     <x:t>ISFP - HEM SANTE</x:t>
   </x:si>
   <x:si>
     <x:t>69008</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur de Formation et de Préparation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
@@ -833,101 +833,101 @@
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Pastré Grande Bastide</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Nelson Mandela</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Vaucluse</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BTS services et prestations des secteurs sanitaire et social module relations usagers clients séniors</x:t>
   </x:si>
   <x:si>
     <x:t>BTS SP3S - Services et Prestations des Secteurs Sanitaire et Social</x:t>
   </x:si>
   <x:si>
     <x:t>Complément spécialisation médiation ou négociation familiale</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Hautes Etudes en Médiation et en Négociation</x:t>
   </x:si>
   <x:si>
     <x:t>IHEMN</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Aide relation parent-enfant</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2025 00:00:00</x:t>
@@ -1241,77 +1241,77 @@
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'assistant de service social (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française</x:t>
   </x:si>
   <x:si>
     <x:t>75014</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Toulon-Ollioules - Social</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État de conseiller en économie sociale et familiale (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/15/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>diplôme d'État de conseiller en économie sociale familiale</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Coopératif Provence Alpes Méditerranée</x:t>
@@ -1718,105 +1718,105 @@
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Hors Piste Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Evolusio Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation aux Métiers des Services à Domicile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFASAD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avenir et Ambition</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut de Formation aux Métiers des Services à Domicile</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Amac Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable - coordonnateur services au domicile (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
@@ -3355,110 +3355,110 @@
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>585142</x:v>
+        <x:v>585141</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>585141</x:v>
+        <x:v>585142</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="U20" s="16" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>55</x:v>
@@ -4013,117 +4013,117 @@
       <x:c r="G31" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>596557</x:v>
+        <x:v>596553</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>596553</x:v>
+        <x:v>596557</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
@@ -4165,837 +4165,837 @@
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="R34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>550560</x:v>
+        <x:v>603917</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="S35" s="0" t="n">
+        <x:v>501429</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>607410</x:v>
+        <x:v>550560</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q37" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="Q37" s="4" t="s">
+      <x:c r="R37" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="R37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>601834</x:v>
+        <x:v>553791</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>607409</x:v>
+        <x:v>607410</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>607937</x:v>
+        <x:v>601834</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>603919</x:v>
+        <x:v>607409</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>504019</x:v>
+        <x:v>607937</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>553790</x:v>
+        <x:v>603919</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>512018</x:v>
+        <x:v>504019</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>505428</x:v>
+        <x:v>553790</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>505427</x:v>
+        <x:v>512018</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>603917</x:v>
+        <x:v>505428</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>501429</x:v>
+        <x:v>505427</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>172</x:v>
@@ -5133,51 +5133,51 @@
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>497805</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -5220,75 +5220,75 @@
       <x:c r="T51" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>603764</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
@@ -5370,781 +5370,785 @@
       <x:c r="K54" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>596702</x:v>
+        <x:v>596704</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>596703</x:v>
+        <x:v>596706</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>596705</x:v>
+        <x:v>596707</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>596709</x:v>
+        <x:v>540593</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>596704</x:v>
+        <x:v>615802</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>596706</x:v>
+        <x:v>596702</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>596707</x:v>
+        <x:v>596703</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>540593</x:v>
+        <x:v>596705</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>615802</x:v>
+        <x:v>599050</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>599050</x:v>
+        <x:v>573456</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>573456</x:v>
+        <x:v>596701</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="F65" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>596701</x:v>
+        <x:v>583599</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E66" s="14" t="s"/>
+      <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>176</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>583599</x:v>
+        <x:v>596708</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>596708</x:v>
+        <x:v>596709</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>212</x:v>
@@ -6155,54 +6159,54 @@
       <x:c r="I68" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>553106</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -6422,81 +6426,81 @@
       <x:c r="S72" s="14" t="n">
         <x:v>547582</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>607426</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -6565,122 +6569,122 @@
       <x:c r="H75" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>558638</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>505430</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -6773,81 +6777,81 @@
       <x:c r="S78" s="14" t="n">
         <x:v>499861</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>553823</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -6858,63 +6862,63 @@
       <x:c r="H80" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>511099</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -6930,51 +6934,51 @@
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>506759</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
@@ -7013,75 +7017,75 @@
       <x:c r="T82" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>509530</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
@@ -7217,54 +7221,54 @@
       <x:c r="I86" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>556792</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -7286,1234 +7290,1234 @@
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>501136</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>605101</x:v>
+        <x:v>494781</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="Q89" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="R89" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="S89" s="0" t="n">
+        <x:v>507294</x:v>
+      </x:c>
+      <x:c r="T89" s="4" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>502698</x:v>
+        <x:v>504054</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="I91" s="4" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>607310</x:v>
+        <x:v>493109</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>492468</x:v>
+        <x:v>599700</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="Q93" s="4" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="R93" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="S93" s="0" t="n">
+        <x:v>505429</x:v>
+      </x:c>
+      <x:c r="T93" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="Q93" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>231</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>607804</x:v>
+        <x:v>605101</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>171</x:v>
-[...2 lines deleted...]
-        <x:v>172</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>497809</x:v>
+        <x:v>553824</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>251</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>609495</x:v>
+        <x:v>502698</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>259</x:v>
-[...1 lines deleted...]
-      <x:c r="H97" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>611319</x:v>
+        <x:v>607310</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>218</x:v>
-[...1 lines deleted...]
-      <x:c r="H98" s="14" t="s"/>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s">
+        <x:v>213</x:v>
+      </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="S98" s="14" t="n">
+        <x:v>492468</x:v>
+      </x:c>
+      <x:c r="T98" s="16" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="U98" s="16" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>171</x:v>
-[...2 lines deleted...]
-        <x:v>172</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>545550</x:v>
+        <x:v>607427</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>218</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="14" t="s"/>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
+        <x:v>232</x:v>
+      </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>548698</x:v>
+        <x:v>607804</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>546763</x:v>
+        <x:v>497809</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>223</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>252</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>494781</x:v>
+        <x:v>609495</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>507294</x:v>
+        <x:v>611319</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>504054</x:v>
+        <x:v>499936</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>493109</x:v>
+        <x:v>545550</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>212</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>599700</x:v>
+        <x:v>548698</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>505429</x:v>
+        <x:v>546763</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G108" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -8547,81 +8551,81 @@
       <x:c r="R108" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>583633</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>492298</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
@@ -8807,57 +8811,57 @@
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>606257</x:v>
+        <x:v>504170</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -8866,57 +8870,57 @@
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>504170</x:v>
+        <x:v>606257</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
@@ -9149,78 +9153,78 @@
       <x:c r="T119" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37504</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>15031</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>578322</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -9819,51 +9823,51 @@
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>599769</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
@@ -10141,51 +10145,51 @@
       <x:c r="J137" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>576243</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -10327,51 +10331,51 @@
       <x:c r="J140" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>478060</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -10451,51 +10455,51 @@
       <x:c r="J142" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>525308</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -11306,51 +11310,51 @@
       <x:c r="J156" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>470857</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11363,51 +11367,51 @@
       <x:c r="J157" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>528882</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>41748</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
@@ -11644,51 +11648,51 @@
       <x:c r="J162" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>578455</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11715,502 +11719,502 @@
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>578457</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>529877</x:v>
+        <x:v>528881</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>528881</x:v>
+        <x:v>470858</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>41748</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>470858</x:v>
+        <x:v>615920</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>41748</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>615920</x:v>
+        <x:v>615924</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>41748</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>374</x:v>
-[...1 lines deleted...]
-      <x:c r="H168" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>615924</x:v>
+        <x:v>529879</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>529879</x:v>
+        <x:v>470853</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>360</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>470853</x:v>
+        <x:v>578456</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>578456</x:v>
+        <x:v>578458</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
@@ -12222,57 +12226,57 @@
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>578458</x:v>
+        <x:v>529877</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12461,51 +12465,51 @@
       <x:c r="J176" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>557556</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -12527,51 +12531,51 @@
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>541719</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>24</x:v>
@@ -12582,57 +12586,57 @@
       <x:c r="J178" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>496201</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -12642,51 +12646,51 @@
       <x:c r="J179" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>452767</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -12706,420 +12710,420 @@
       <x:c r="K180" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>496200</x:v>
+        <x:v>557555</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>498849</x:v>
+        <x:v>496200</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>599089</x:v>
+        <x:v>498849</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>452763</x:v>
+        <x:v>599089</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>547041</x:v>
+        <x:v>452763</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>479297</x:v>
+        <x:v>547041</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>547042</x:v>
+        <x:v>479297</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -13129,175 +13133,175 @@
       <x:c r="K187" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>607630</x:v>
+        <x:v>547042</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>557555</x:v>
+        <x:v>607630</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>554064</x:v>
+        <x:v>505659</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
@@ -13306,57 +13310,57 @@
       <x:c r="K190" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>505659</x:v>
+        <x:v>554064</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
@@ -13446,315 +13450,315 @@
       <x:c r="S192" s="14" t="n">
         <x:v>607033</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37678</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>390</x:v>
-[...2 lines deleted...]
-        <x:v>391</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="Q193" s="4" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="R193" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="S193" s="0" t="n">
+        <x:v>550567</x:v>
+      </x:c>
+      <x:c r="T193" s="4" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="U193" s="4" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37678</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="H194" s="14" t="s"/>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H194" s="14" t="s">
+        <x:v>252</x:v>
+      </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>607959</x:v>
+        <x:v>556797</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37678</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H195" s="0" t="s">
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>550567</x:v>
+        <x:v>547215</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37678</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>251</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>556797</x:v>
+        <x:v>607959</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>41744</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>615925</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>41744</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
@@ -13902,81 +13906,81 @@
       <x:c r="R200" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>615928</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>41744</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>615926</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
@@ -14046,57 +14050,57 @@
       <x:c r="J203" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>580210</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
@@ -14218,57 +14222,57 @@
       <x:c r="J206" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>580212</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -14334,57 +14338,57 @@
       <x:c r="J208" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>567005</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -14566,57 +14570,57 @@
       <x:c r="J212" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>567002</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15238,51 +15242,51 @@
       <x:c r="J224" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>574939</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>39694</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
@@ -16152,51 +16156,51 @@
       <x:c r="J240" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>581564</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
@@ -16320,54 +16324,54 @@
       <x:c r="I243" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>576232</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
@@ -16379,54 +16383,54 @@
       <x:c r="I244" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>576233</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
@@ -16436,54 +16440,54 @@
       <x:c r="I245" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>576234</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
@@ -16495,54 +16499,54 @@
       <x:c r="I246" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>576235</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
@@ -16552,54 +16556,54 @@
       <x:c r="I247" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>576236</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
@@ -16611,54 +16615,54 @@
       <x:c r="I248" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>576237</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
@@ -16782,51 +16786,51 @@
       <x:c r="J251" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>576274</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
@@ -16841,51 +16845,51 @@
       <x:c r="J252" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>576272</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
@@ -16898,51 +16902,51 @@
       <x:c r="J253" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>576271</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>39691</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
@@ -17233,51 +17237,51 @@
       <x:c r="M259" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>617200</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
@@ -17406,78 +17410,78 @@
       <x:c r="S262" s="14" t="n">
         <x:v>616013</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>36867</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>578327</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
@@ -17599,51 +17603,51 @@
       <x:c r="M266" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>585145</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -17817,51 +17821,51 @@
       <x:c r="J270" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>578417</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
@@ -17897,1051 +17901,1053 @@
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>578419</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>538</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>582006</x:v>
+        <x:v>617304</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>578416</x:v>
+        <x:v>573382</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>550</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>573361</x:v>
+        <x:v>574061</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>573379</x:v>
+        <x:v>573361</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>573380</x:v>
+        <x:v>573379</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="H277" s="0" t="s">
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>574060</x:v>
+        <x:v>573380</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>617178</x:v>
+        <x:v>578416</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
+        <x:v>539</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>617304</x:v>
+        <x:v>582006</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>550</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>573382</x:v>
+        <x:v>617178</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>574061</x:v>
+        <x:v>578420</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>544</x:v>
-[...1 lines deleted...]
-      <x:c r="H282" s="14" t="s"/>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
+        <x:v>539</x:v>
+      </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>578420</x:v>
+        <x:v>583984</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>583984</x:v>
+        <x:v>573357</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>573357</x:v>
+        <x:v>573378</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>573378</x:v>
+        <x:v>573381</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>573381</x:v>
+        <x:v>573383</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>550</x:v>
-[...2 lines deleted...]
-        <x:v>551</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>573383</x:v>
+        <x:v>590118</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>590118</x:v>
+        <x:v>578415</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>578415</x:v>
+        <x:v>578413</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
@@ -18951,216 +18957,216 @@
       <x:c r="J290" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>578413</x:v>
+        <x:v>578418</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>578418</x:v>
+        <x:v>578421</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>578421</x:v>
+        <x:v>574060</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>573767</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
@@ -19299,51 +19305,51 @@
       <x:c r="J296" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>555053</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -19356,51 +19362,51 @@
       <x:c r="J297" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>603246</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -19534,51 +19540,51 @@
       <x:c r="J300" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>599788</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -19712,106 +19718,106 @@
       <x:c r="J303" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>548584</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>573768</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">