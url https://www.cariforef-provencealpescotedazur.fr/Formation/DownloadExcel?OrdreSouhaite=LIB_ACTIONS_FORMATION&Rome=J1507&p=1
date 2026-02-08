--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -170,141 +170,141 @@
   <x:si>
     <x:t>13677</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Infirmier</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'Etat de puéricultrice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Puériculture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional des formations sanitaires et sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fondation Lenval</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistance Publique des Hôpitaux de Marseille - Institut Régional de Formations Spécialisées en Santé Houphouet Boigny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IRFSS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme d'Etat de puéricultrice</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut de formation aux métiers de l'enfance et de l'adolescence</x:t>
   </x:si>
   <x:si>
-    <x:t>06200</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
-    <x:t>Puériculture</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École de puériculture H Boigny</x:t>
   </x:si>
   <x:si>
-    <x:t>13314</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Institut de formation d'aides soignant(e)s </x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
-  </x:si>
-[...49 lines deleted...]
-    <x:t>08/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation préparatoire à la sélection d'entrée en formation d'aide-soignant ou d'auxiliaire de puériculture</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public des Etablissements de Santé d'Avignon et du Pays de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>GIPES</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation concours paramédical</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
@@ -982,338 +982,338 @@
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>612753</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B3" s="0" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>38529</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>43439</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="P3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="P3" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q3" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>594713</x:v>
+        <x:v>575958</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B4" s="14" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38529</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
-      <x:c r="E4" s="14" t="s"/>
-      <x:c r="F4" s="14" t="s"/>
+      <x:c r="E4" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F4" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G4" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>43439</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>594714</x:v>
+        <x:v>578878</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38529</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
+      <x:c r="E5" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G5" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>43439</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>575958</x:v>
+        <x:v>576636</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38529</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
-      <x:c r="E6" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E6" s="14" t="s"/>
+      <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43439</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>578878</x:v>
+        <x:v>594713</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38529</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
-      <x:c r="E7" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="H7" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43439</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="R7" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="S7" s="0" t="n">
+        <x:v>594714</x:v>
+      </x:c>
+      <x:c r="T7" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="U7" s="4" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>26</x:v>