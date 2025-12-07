--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -140,84 +140,84 @@
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Masséna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Géophysique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et biologie (TB), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et biologie (TB), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré à l'ISEN Méditerranée - prépa ingénieur biologie, sciences et technologies</x:t>
   </x:si>
@@ -945,100 +945,100 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>595476</x:v>
+        <x:v>595477</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>595477</x:v>
+        <x:v>595476</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>33</x:v>
@@ -1047,100 +1047,100 @@
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>592948</x:v>
+        <x:v>592949</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>592949</x:v>
+        <x:v>592948</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>39</x:v>