--- v0 (2026-02-09)
+++ v1 (2026-02-10)
@@ -584,260 +584,260 @@
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BTS électrotechnique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée J Perrin</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Electrotechnique ( à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>BTS électrotechnique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Les Iscles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général et Tecnologique Marie-Madeleine Fourcade</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Général et Technologique Antonin Artaud</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Général et Tecnologique Marie-Madeleine Fourcade</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
-    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84800</x:t>
+  </x:si>
+  <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Alfred Hutinel</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
@@ -911,104 +911,104 @@
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier les évolutions de la norme NF C 15-100 - Version 2024 - ELC011</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Installer et maintenir des solutions VDI (Voix Données Image) - Bloc de compétences du titre professionnel Technicien réseaux IP</x:t>
   </x:si>
   <x:si>
     <x:t>Réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
+    <x:t>01/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/20/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention domotique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Immotique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Léon Chiris</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention domotique parcours coordinateur de projet en immotique et objets intelligents (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
@@ -1061,125 +1061,125 @@
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien électricien du bâtiment communicant et connecté</x:t>
   </x:si>
   <x:si>
     <x:t>Installation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/12/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien électricien du bâtiment communicant et connecté, C1</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien intégrateur des infrastructures et équipements connectés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Saint Henri</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien réseaux IP</x:t>
   </x:si>
   <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/28/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/04/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel technicien d'intervention de réseaux de télécommunications en fibre optique</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>BTP conception organisation</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'intervention de réseaux de télécommunications en fibre optique (Apprentissage)</x:t>
@@ -1271,93 +1271,93 @@
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien réseaux IP (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Travaux Sous Tension (TST-IE) : batteries d'accumulateurs stationnaires B2T-B1T-B2N-B1N (référentiel Installations Électriques) - ELT096</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique</x:t>
   </x:si>
   <x:si>
+    <x:t>03/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/18/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Travaux Sous Tension (TST-IE) recyclage : batteries d'accumulateurs stationnaires B2T-B1T-B2N-B1N (référentiel Installations Électriques) - ELT196</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -4544,374 +4544,375 @@
       <x:c r="R48" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>543637</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>611947</x:v>
+        <x:v>509241</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>493595</x:v>
+        <x:v>489415</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>160</x:v>
-[...2 lines deleted...]
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>509241</x:v>
+        <x:v>611947</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>489415</x:v>
+        <x:v>493595</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>587887</x:v>
+        <x:v>585529</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>585529</x:v>
+        <x:v>587887</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -4941,366 +4942,366 @@
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>541903</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>542496</x:v>
+        <x:v>557457</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>172</x:v>
-[...2 lines deleted...]
-        <x:v>173</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>514432</x:v>
+        <x:v>587888</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>557457</x:v>
+        <x:v>542496</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>587888</x:v>
+        <x:v>548627</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>548627</x:v>
+        <x:v>514432</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>556585</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
@@ -5535,387 +5536,387 @@
       <x:c r="J66" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>594149</x:v>
+        <x:v>594154</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>594154</x:v>
+        <x:v>594148</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="Q68" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>594148</x:v>
+        <x:v>594152</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>594152</x:v>
+        <x:v>594153</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>594153</x:v>
+        <x:v>594151</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>594151</x:v>
+        <x:v>594156</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>594156</x:v>
+        <x:v>594149</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -5957,84 +5958,84 @@
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>583863</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>587898</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -6167,51 +6168,51 @@
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>587894</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -6221,99 +6222,99 @@
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>587897</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>617130</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
@@ -6523,204 +6524,205 @@
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>587890</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>587893</x:v>
+        <x:v>612999</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>587896</x:v>
+        <x:v>587893</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>612999</x:v>
+        <x:v>587896</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -6869,1083 +6871,1083 @@
         <x:v>550267</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>602215</x:v>
+        <x:v>514132</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>602243</x:v>
+        <x:v>552109</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>547697</x:v>
+        <x:v>605936</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>514132</x:v>
+        <x:v>500992</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>211</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>552109</x:v>
+        <x:v>500993</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>605936</x:v>
+        <x:v>550249</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>500992</x:v>
+        <x:v>550254</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-        <x:v>211</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>500993</x:v>
+        <x:v>493129</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>550249</x:v>
+        <x:v>602215</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-        <x:v>211</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>550254</x:v>
+        <x:v>602243</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="14" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>493129</x:v>
+        <x:v>547697</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>514131</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>155</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>211</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>556502</x:v>
+        <x:v>605695</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>210</x:v>
-[...2 lines deleted...]
-        <x:v>211</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>500990</x:v>
+        <x:v>602318</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>605695</x:v>
+        <x:v>556502</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>602318</x:v>
+        <x:v>500990</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>547559</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>547818</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
@@ -7959,51 +7961,51 @@
       <x:c r="H108" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>515635</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
@@ -8201,66 +8203,66 @@
       <x:c r="H112" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>556722</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -8322,54 +8324,54 @@
       <x:c r="H114" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>605693</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
@@ -8443,54 +8445,54 @@
       <x:c r="H116" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>515636</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
@@ -8683,51 +8685,51 @@
         <x:v>149</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>558733</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
@@ -8793,60 +8795,60 @@
       <x:c r="C122" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>556501</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
@@ -8862,57 +8864,57 @@
       <x:c r="H123" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>605694</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -8971,60 +8973,60 @@
         <x:v>209</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>612718</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
@@ -9041,54 +9043,54 @@
       <x:c r="H126" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>500991</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
@@ -9343,118 +9345,118 @@
       <x:c r="H131" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>550259</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>565159</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -9464,51 +9466,51 @@
       <x:c r="H133" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>602214</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
@@ -9582,236 +9584,236 @@
       <x:c r="G135" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>494811</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>559072</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>605692</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>502524</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
@@ -10194,208 +10196,208 @@
       <x:c r="K146" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>610440</x:v>
+        <x:v>591529</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>610441</x:v>
+        <x:v>591530</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>591529</x:v>
+        <x:v>610440</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>591530</x:v>
+        <x:v>610441</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
@@ -10622,371 +10624,371 @@
       <x:c r="K154" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>550073</x:v>
+        <x:v>577368</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>550074</x:v>
+        <x:v>550072</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>550072</x:v>
+        <x:v>549943</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>549943</x:v>
+        <x:v>549944</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>549944</x:v>
+        <x:v>550073</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>577368</x:v>
+        <x:v>550074</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40121</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -11038,51 +11040,51 @@
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>558147</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>40123</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -11140,110 +11142,110 @@
       <x:c r="I163" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>575558</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>29796</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>580066</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>267</x:v>
@@ -11257,51 +11259,51 @@
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>610431</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
@@ -11461,89 +11463,89 @@
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>610429</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>575489</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
@@ -11556,524 +11558,524 @@
         <x:v>326</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>571599</x:v>
+        <x:v>544549</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>544549</x:v>
+        <x:v>571599</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>519820</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>569499</x:v>
+        <x:v>519869</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>544534</x:v>
+        <x:v>575407</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>575407</x:v>
+        <x:v>544534</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>519869</x:v>
+        <x:v>569499</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>585770</x:v>
+        <x:v>586068</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>586068</x:v>
+        <x:v>585770</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>126</x:v>
@@ -12090,57 +12092,57 @@
       <x:c r="K180" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>556905</x:v>
+        <x:v>609538</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -12150,173 +12152,173 @@
       <x:c r="K181" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>609538</x:v>
+        <x:v>556905</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>576750</x:v>
+        <x:v>577366</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>577364</x:v>
+        <x:v>550071</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
@@ -12325,346 +12327,346 @@
       <x:c r="K184" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>576751</x:v>
+        <x:v>576750</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>576752</x:v>
+        <x:v>576751</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>576753</x:v>
+        <x:v>577364</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>539631</x:v>
+        <x:v>576752</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>540219</x:v>
+        <x:v>576753</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>540220</x:v>
+        <x:v>549942</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
@@ -12673,114 +12675,114 @@
       <x:c r="K190" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>549942</x:v>
+        <x:v>539630</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>539630</x:v>
+        <x:v>577365</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
@@ -12789,114 +12791,114 @@
       <x:c r="K192" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>577365</x:v>
+        <x:v>577367</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>577367</x:v>
+        <x:v>539631</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
@@ -12905,141 +12907,141 @@
       <x:c r="K194" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>577366</x:v>
+        <x:v>540219</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>550071</x:v>
+        <x:v>540220</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37445</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="G196" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
@@ -13149,51 +13151,51 @@
       <x:c r="L198" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>609541</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37445</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
@@ -13273,51 +13275,51 @@
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>606529</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>35330</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
@@ -13394,51 +13396,51 @@
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>606531</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>35188</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
@@ -13864,258 +13866,258 @@
       <x:c r="K210" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>610449</x:v>
+        <x:v>591535</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>610450</x:v>
+        <x:v>591534</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>591535</x:v>
+        <x:v>610451</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>591534</x:v>
+        <x:v>610449</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>610451</x:v>
+        <x:v>610450</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
@@ -14219,159 +14221,159 @@
       <x:c r="K217" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>591538</x:v>
+        <x:v>610453</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>610453</x:v>
+        <x:v>610454</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>610454</x:v>
+        <x:v>591538</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="U219" s="4" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>323</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>