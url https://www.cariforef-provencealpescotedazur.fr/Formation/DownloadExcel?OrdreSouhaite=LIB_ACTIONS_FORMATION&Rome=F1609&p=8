--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -548,78 +548,78 @@
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée René Caillé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IME La Durance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAU-ARNOUX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Professionnel Golf Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau électricien basse et haute tension BP - BE - BS - B1 - B1V - B2 - B2V - BC - BR - HE -  H0 - H1 - H2 - HC - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Acfitec</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
@@ -2337,117 +2337,117 @@
         <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22412</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>603955</x:v>
+        <x:v>603125</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38740</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22412</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>603125</x:v>
+        <x:v>603955</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38740</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>85</x:v>
@@ -3980,159 +3980,160 @@
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>565098</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>597547</x:v>
+        <x:v>565099</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>117</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>565099</x:v>
+        <x:v>597547</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -4867,271 +4868,274 @@
         <x:v>503570</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>569189</x:v>
+        <x:v>556736</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>503296</x:v>
+        <x:v>604248</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>609385</x:v>
+        <x:v>548832</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>556736</x:v>
+        <x:v>548833</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -5164,750 +5168,746 @@
       <x:c r="S66" s="14" t="n">
         <x:v>604018</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>604248</x:v>
+        <x:v>569189</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>548832</x:v>
+        <x:v>548339</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>548833</x:v>
+        <x:v>604249</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>85</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>548339</x:v>
+        <x:v>455021</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>147</x:v>
-[...2 lines deleted...]
-        <x:v>148</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>455021</x:v>
+        <x:v>503728</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>85</x:v>
-[...1 lines deleted...]
-      <x:c r="H72" s="14" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>503728</x:v>
+        <x:v>498615</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>147</x:v>
-[...2 lines deleted...]
-        <x:v>148</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>498615</x:v>
+        <x:v>603174</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>603174</x:v>
+        <x:v>603294</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>603294</x:v>
+        <x:v>502339</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>502339</x:v>
+        <x:v>498734</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-        <x:v>146</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>498734</x:v>
+        <x:v>503296</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>604249</x:v>
+        <x:v>609385</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -6082,51 +6082,51 @@
       <x:c r="H82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>611538</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
@@ -6380,66 +6380,66 @@
       <x:c r="H87" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>498611</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>107</x:v>
@@ -6791,117 +6791,117 @@
       <x:c r="H94" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>498619</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>455023</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -7456,103 +7456,103 @@
       <x:c r="M105" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>498607</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>548830</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -8920,51 +8920,51 @@
       <x:c r="J132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>617766</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>220</x:v>