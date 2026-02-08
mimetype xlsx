--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -191,60 +191,60 @@
   <x:si>
     <x:t>5. Habilitation électrique : Personnel électricien B1V-B2V-BR-BC</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent polyvalent de maintenance des bâtiments (POEC)</x:t>
   </x:si>
@@ -1198,51 +1198,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>610931</x:v>
+        <x:v>614255</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -1255,51 +1255,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>614255</x:v>
+        <x:v>610931</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>35</x:v>
@@ -1313,54 +1313,54 @@
       <x:c r="L5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>606213</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
@@ -1368,54 +1368,54 @@
       <x:c r="L6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>615138</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
@@ -1924,106 +1924,106 @@
       <x:c r="L16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>600016</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>609350</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
@@ -2031,51 +2031,51 @@
       <x:c r="L18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>611924</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>36</x:v>
@@ -2086,54 +2086,54 @@
       <x:c r="L19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>590242</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -2143,54 +2143,54 @@
       <x:c r="L20" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>590243</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>44</x:v>
@@ -2302,54 +2302,54 @@
       <x:c r="L23" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>614244</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
@@ -2357,54 +2357,54 @@
       <x:c r="L24" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>609296</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
@@ -2415,51 +2415,51 @@
       <x:c r="M25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>615099</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>126</x:v>
@@ -2467,106 +2467,106 @@
       <x:c r="L26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>610877</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>610878</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>126</x:v>
@@ -2574,106 +2574,106 @@
       <x:c r="L28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>610881</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>609981</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
@@ -2681,106 +2681,106 @@
       <x:c r="L30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>609984</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>609987</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -2790,106 +2790,106 @@
       <x:c r="L32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>600025</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>609990</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
@@ -2897,51 +2897,51 @@
       <x:c r="L34" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>606812</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
@@ -2949,51 +2949,51 @@
       <x:c r="L35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>606814</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>36</x:v>
@@ -3007,51 +3007,51 @@
       <x:c r="M36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>555892</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
@@ -3059,51 +3059,51 @@
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>599744</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -3116,51 +3116,51 @@
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>599746</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">