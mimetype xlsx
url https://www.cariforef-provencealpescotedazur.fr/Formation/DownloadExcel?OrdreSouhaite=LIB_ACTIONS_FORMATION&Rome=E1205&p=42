--- v1 (2026-02-10)
+++ v2 (2026-02-10)
@@ -566,65 +566,65 @@
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant web et marketing (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro artisanat et métiers d'art option communication visuelle pluri-média</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Célony</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>PAO</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LPO Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Pasteur</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
-    <x:t>LPO Don Bosco</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Bac pro artisanat et métiers d'art option communication visuelle pluri-média (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
@@ -836,75 +836,75 @@
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BMA spécialité arts graphiques option B : décor peint (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bootstrap 5</x:t>
   </x:si>
   <x:si>
     <x:t>Framework Bootstrap</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours création numérique</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours création numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
@@ -5502,192 +5502,192 @@
       <x:c r="T39" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>595625</x:v>
+        <x:v>595626</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>595626</x:v>
+        <x:v>595627</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="R42" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="Q42" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>595627</x:v>
+        <x:v>595625</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -5703,57 +5703,57 @@
       <x:c r="K43" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>547061</x:v>
+        <x:v>600474</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>131</x:v>
@@ -5764,57 +5764,57 @@
       <x:c r="K44" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>452328</x:v>
+        <x:v>547061</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37232</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -5824,57 +5824,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>498663</x:v>
+        <x:v>452328</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -5943,57 +5943,57 @@
       <x:c r="K47" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>600474</x:v>
+        <x:v>498663</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
@@ -7043,75 +7043,75 @@
       <x:c r="R68" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>505743</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37946</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>595630</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
@@ -7271,75 +7271,75 @@
       <x:c r="R72" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>595595</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37946</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22441</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>595596</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
@@ -7478,159 +7478,160 @@
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>608218</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="Q77" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="Q77" s="4" t="s">
+      <x:c r="R77" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="R77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>596791</x:v>
+        <x:v>575984</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s"/>
+      <x:c r="I78" s="16" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>575984</x:v>
+        <x:v>596791</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -7657,76 +7658,76 @@
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>596790</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>596789</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
@@ -7745,51 +7746,51 @@
       <x:c r="I81" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>510676</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
@@ -7806,51 +7807,51 @@
       <x:c r="I82" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>556124</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
@@ -7866,51 +7867,51 @@
       <x:c r="I83" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>602557</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
@@ -7927,165 +7928,165 @@
       <x:c r="I84" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>454245</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>596792</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>596793</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -8098,51 +8099,51 @@
       <x:c r="I87" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>513899</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
@@ -8159,51 +8160,51 @@
       <x:c r="I88" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>556125</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
@@ -8219,51 +8220,51 @@
       <x:c r="I89" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>454246</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
@@ -8280,165 +8281,165 @@
       <x:c r="I90" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>602560</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>596794</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>596795</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -8451,54 +8452,54 @@
       <x:c r="I93" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>556135</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -8512,54 +8513,54 @@
       <x:c r="I94" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>602561</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -8572,54 +8573,54 @@
       <x:c r="I95" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>454251</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -16068,51 +16069,51 @@
         <x:v>490</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>45098</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>568776</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>490</x:v>
@@ -16276,51 +16277,51 @@
       <x:c r="J234" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>592789</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>40638</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
@@ -16333,51 +16334,51 @@
       <x:c r="J235" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>599304</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>28290</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
@@ -16392,51 +16393,51 @@
       <x:c r="J236" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>491502</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>41244</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
@@ -17469,319 +17470,319 @@
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>601426</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>597125</x:v>
+        <x:v>547196</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>547196</x:v>
+        <x:v>547192</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>547192</x:v>
+        <x:v>547199</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>547199</x:v>
+        <x:v>597126</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>597126</x:v>
+        <x:v>597125</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
@@ -20688,51 +20689,51 @@
       <x:c r="J313" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>598159</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
@@ -22375,173 +22376,173 @@
       <x:c r="K343" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>601665</x:v>
+        <x:v>554142</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>40243</x:v>
+        <x:v>38143</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>608949</x:v>
+        <x:v>601665</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>38143</x:v>
+        <x:v>40243</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>554157</x:v>
+        <x:v>608949</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38143</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
@@ -22550,173 +22551,173 @@
       <x:c r="K346" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>554158</x:v>
+        <x:v>554157</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
-        <x:v>40243</x:v>
+        <x:v>38143</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>590020</x:v>
+        <x:v>554158</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
-        <x:v>38143</x:v>
+        <x:v>40243</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>554142</x:v>
+        <x:v>590020</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>35213</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -23564,107 +23565,107 @@
       <x:c r="I365" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>612469</x:v>
+        <x:v>612470</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>612470</x:v>
+        <x:v>612469</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>26</x:v>
@@ -25055,79 +25056,79 @@
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>606165</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>592363</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
@@ -25568,51 +25569,51 @@
       <x:c r="I403" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>568142</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
@@ -26926,114 +26927,114 @@
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>592797</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>575794</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
@@ -27042,114 +27043,114 @@
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>575795</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>575796</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>728</x:v>
       </x:c>
@@ -27327,78 +27328,78 @@
       <x:c r="R434" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>606183</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>606185</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>41079</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
@@ -27547,78 +27548,78 @@
         <x:v>147</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>528765</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>46217</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>578190</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
@@ -28655,51 +28656,51 @@
         <x:v>769</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>616654</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>769</x:v>
@@ -31560,107 +31561,107 @@
       <x:c r="I517" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>616652</x:v>
+        <x:v>616664</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>616664</x:v>
+        <x:v>616652</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>26</x:v>
@@ -31919,51 +31920,51 @@
         <x:v>769</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s"/>
       <x:c r="K524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>605308</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C525" s="3" t="s"/>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>769</x:v>
@@ -33930,222 +33931,222 @@
       <x:c r="K562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>615570</x:v>
+        <x:v>572509</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>839</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>615573</x:v>
+        <x:v>601115</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>601115</x:v>
+        <x:v>615570</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>572509</x:v>
+        <x:v>615573</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>840</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
@@ -38096,111 +38097,111 @@
       <x:c r="K636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>581281</x:v>
+        <x:v>581280</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>581280</x:v>
+        <x:v>581281</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -40488,51 +40489,51 @@
       <x:c r="I679" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
         <x:v>567362</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="C680" s="15" t="s"/>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>37</x:v>
       </x:c>