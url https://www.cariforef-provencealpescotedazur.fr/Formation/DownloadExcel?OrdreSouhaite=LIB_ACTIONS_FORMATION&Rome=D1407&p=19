--- v2 (2026-02-10)
+++ v3 (2026-02-10)
@@ -278,116 +278,116 @@
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Vente produit alimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Conseil et commercialisation de solutions techniques</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS conseil et commercialisation de solutions techniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Amiral de Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Rempart-Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS conseil et commercialisation de solutions techniques</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>Lycée du Val d'Argens</x:t>
   </x:si>
   <x:si>
     <x:t>83490</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
@@ -569,119 +569,119 @@
   <x:si>
     <x:t>Lycée Beaussier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Montesquieu</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
-    <x:t>84120</x:t>
-[...2 lines deleted...]
-    <x:t>PERTUIS</x:t>
+    <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
-    <x:t>08/26/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BTSA technico-commercial option alimentation et boissons (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option A Génie climatique et fluidique</x:t>
   </x:si>
   <x:si>
     <x:t>Immotique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/30/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option B Froid et conditionnement d'air</x:t>
   </x:si>
   <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option C Domotique et bâtiment communicants</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta du Var</x:t>
   </x:si>
   <x:si>
     <x:t>BTS fluides-énergies-domotique option A génie climatique et fluidique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
@@ -1457,71 +1457,71 @@
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/01/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>INFREP</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller commercial (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2027 00:00:00</x:t>
@@ -1571,62 +1571,62 @@
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kaali Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>Idea Formation +</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>MORIERES-LES-AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>05/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
@@ -1742,110 +1742,110 @@
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel négociateur technico-commercial (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur de Formation et de Préparation</x:t>
   </x:si>
   <x:si>
     <x:t>ISFP - HEM SANTE</x:t>
   </x:si>
   <x:si>
     <x:t>69008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/06/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Skill Up - Edup Business School</x:t>
   </x:si>
   <x:si>
-    <x:t>05/05/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>La Factory</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
-    <x:t>11/05/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
@@ -1976,80 +1976,80 @@
   <x:si>
     <x:t>09/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School</x:t>
   </x:si>
   <x:si>
     <x:t>EBM 3</x:t>
   </x:si>
   <x:si>
     <x:t>93700</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir en Perspective</x:t>
   </x:si>
   <x:si>
     <x:t>Avenir en Perspective - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>EBM 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLC FORMATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Supérieur de Formation et de Préparation - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conservation alimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>EBM 5</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel négociateur technico-commercial spécialisation marketing sportif</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale Formation Apprentis Métiers Sport, Animation, Tourisme - CFA Régional Métiers du Sport, de l'Animation et du Tourisme - Futurosud</x:t>
   </x:si>
   <x:si>
     <x:t>ARFAMSTA</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel négociateur technico-commercial spécialisation marketing sportif (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
@@ -2069,69 +2069,69 @@
   <x:si>
     <x:t>10/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -3033,824 +3033,823 @@
       <x:c r="T7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="R8" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="R8" s="14" t="s">
+      <x:c r="S8" s="14" t="n">
+        <x:v>510104</x:v>
+      </x:c>
+      <x:c r="T8" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="S8" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>596057</x:v>
+        <x:v>554778</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="H10" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H10" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="I10" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>596058</x:v>
+        <x:v>539345</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>507555</x:v>
+        <x:v>596056</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>82</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="14" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>597577</x:v>
+        <x:v>507555</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>507554</x:v>
+        <x:v>596057</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>510104</x:v>
+        <x:v>596058</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>51</x:v>
-[...2 lines deleted...]
-        <x:v>52</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>554778</x:v>
+        <x:v>564364</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>85</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>539345</x:v>
+        <x:v>597577</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>596056</x:v>
+        <x:v>507554</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>596055</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>490581</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>544518</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>611945</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -3978,213 +3977,213 @@
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>504157</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>581329</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>596054</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>608333</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
@@ -4199,51 +4198,51 @@
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>553999</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -4256,172 +4255,172 @@
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>606205</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>602831</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>547696</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4521,203 +4520,203 @@
         <x:v>514130</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>515610</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>608153</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>556328</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4797,51 +4796,51 @@
       <x:c r="L38" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>511008</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -4967,85 +4966,85 @@
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>556868</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -5094,51 +5093,51 @@
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>495173</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
@@ -5337,51 +5336,51 @@
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>604163</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -5456,51 +5455,51 @@
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>608132</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>146</x:v>
@@ -5568,51 +5567,51 @@
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>556325</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -5689,60 +5688,60 @@
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>608129</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>47</x:v>
@@ -5750,175 +5749,175 @@
       <x:c r="J54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>511009</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>602324</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>511006</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -5953,807 +5952,808 @@
         <x:v>601833</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>85</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>611261</x:v>
+        <x:v>547558</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>493091</x:v>
+        <x:v>602830</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>41757</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>101</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>602829</x:v>
+        <x:v>549043</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>602832</x:v>
+        <x:v>609743</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>144</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>553200</x:v>
+        <x:v>558949</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>41757</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>614392</x:v>
+        <x:v>611261</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>107</x:v>
-[...1 lines deleted...]
-      <x:c r="H64" s="14" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>549043</x:v>
+        <x:v>493091</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>609743</x:v>
+        <x:v>602829</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>558949</x:v>
+        <x:v>602832</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>508944</x:v>
+        <x:v>553200</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>41757</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>82</x:v>
-[...1 lines deleted...]
-      <x:c r="H68" s="14" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>602211</x:v>
+        <x:v>508944</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>547558</x:v>
+        <x:v>602211</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>101</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q70" s="16" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="R70" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="Q70" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>602830</x:v>
+        <x:v>614392</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6766,51 +6766,51 @@
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>611636</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>47</x:v>
@@ -6842,940 +6842,940 @@
       <x:c r="R72" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>556327</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>543630</x:v>
+        <x:v>493578</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>493578</x:v>
+        <x:v>543630</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>564391</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>564395</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>542497</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>557452</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>564392</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>564393</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>609811</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>609815</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>564399</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>543631</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>493579</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>564400</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>564383</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>550634</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
@@ -7791,117 +7791,117 @@
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>564377</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>564384</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7970,51 +7970,51 @@
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>564373</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8163,142 +8163,142 @@
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>557461</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>543669</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>493629</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
@@ -8313,108 +8313,108 @@
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>515472</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>564379</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
@@ -8429,51 +8429,51 @@
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>564380</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8489,51 +8489,51 @@
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>606235</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8543,51 +8543,51 @@
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>519401</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8600,51 +8600,51 @@
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>557460</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
@@ -8653,60 +8653,60 @@
       <x:c r="J104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>606237</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8716,101 +8716,101 @@
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>564376</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>564385</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
@@ -8826,51 +8826,51 @@
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>554008</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
@@ -8885,57 +8885,57 @@
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>507626</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8948,51 +8948,51 @@
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>595919</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9005,51 +9005,51 @@
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>595920</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9059,70 +9059,70 @@
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>595918</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>207</x:v>
@@ -9136,151 +9136,151 @@
       <x:c r="S112" s="14" t="n">
         <x:v>564868</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>605938</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>494841</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9312,211 +9312,211 @@
         <x:v>544883</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>611234</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>547560</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>602822</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9581,120 +9581,120 @@
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>500998</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>602329</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -9727,93 +9727,93 @@
       <x:c r="S122" s="14" t="n">
         <x:v>512439</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>547703</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9826,51 +9826,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>595933</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9880,51 +9880,51 @@
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>595932</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>218</x:v>
@@ -10062,111 +10062,111 @@
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>605697</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>494842</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -10199,154 +10199,154 @@
       <x:c r="S130" s="14" t="n">
         <x:v>600755</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>547704</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>611241</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10356,51 +10356,51 @@
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>595936</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10413,51 +10413,51 @@
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>595935</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10467,251 +10467,251 @@
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>595934</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>608160</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>517673</x:v>
+        <x:v>556735</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>556735</x:v>
+        <x:v>517673</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -10725,91 +10725,91 @@
         <x:v>547561</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>605952</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -10886,51 +10886,51 @@
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>607799</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -10995,54 +10995,54 @@
       <x:c r="I144" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>556360</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -11055,182 +11055,182 @@
       <x:c r="I145" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>511024</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>494768</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>611277</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39686</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>61</x:v>
@@ -11247,51 +11247,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>605836</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39686</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -11428,51 +11428,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>605931</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>61</x:v>
@@ -11489,51 +11489,51 @@
       <x:c r="M152" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>605841</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -11907,51 +11907,51 @@
       <x:c r="M159" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>605842</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>61</x:v>
@@ -12028,51 +12028,51 @@
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>605845</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>61</x:v>
@@ -12270,51 +12270,51 @@
       <x:c r="M165" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>605846</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12327,51 +12327,51 @@
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>596443</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -12569,51 +12569,51 @@
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>605847</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -12629,51 +12629,51 @@
       <x:c r="M171" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>605848</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>244</x:v>
@@ -12865,51 +12865,51 @@
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>596442</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -12924,51 +12924,51 @@
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>611637</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -12984,51 +12984,51 @@
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>605849</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>61</x:v>
@@ -13282,51 +13282,51 @@
       <x:c r="M182" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>605850</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -14060,75 +14060,75 @@
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>575963</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
@@ -14206,51 +14206,51 @@
       <x:c r="L198" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>497342</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>34399</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -14341,127 +14341,127 @@
         <x:v>154</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>553359</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>573328</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>523313</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
@@ -14990,170 +14990,170 @@
       <x:c r="K212" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>603063</x:v>
+        <x:v>549065</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>549065</x:v>
+        <x:v>497345</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>497345</x:v>
+        <x:v>603063</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
@@ -15363,134 +15363,134 @@
       <x:c r="T218" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>37926</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>575048</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>575016</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>40121</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
@@ -15506,54 +15506,54 @@
       <x:c r="I221" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>608197</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40121</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -15567,54 +15567,54 @@
       <x:c r="I222" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>558147</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -16151,54 +16151,54 @@
       <x:c r="I232" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>605440</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -16208,54 +16208,54 @@
       <x:c r="I233" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>547208</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -16601,51 +16601,51 @@
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -16685,172 +16685,172 @@
       <x:c r="I241" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>609844</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>510523</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>547217</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
@@ -16870,57 +16870,57 @@
       <x:c r="J244" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>551893</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -16930,51 +16930,51 @@
       <x:c r="J245" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>551894</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
@@ -17521,51 +17521,51 @@
       <x:c r="J255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>590092</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -17642,51 +17642,51 @@
       <x:c r="J257" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>601013</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -17857,190 +17857,190 @@
       <x:c r="U260" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>590086</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>40568</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>602778</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>41114</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>592844</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
@@ -18525,54 +18525,54 @@
       <x:c r="I272" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>547464</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
@@ -19172,51 +19172,51 @@
       <x:c r="M283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>23622</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>609321</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
@@ -20471,312 +20471,311 @@
       <x:c r="R306" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>569969</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>462</x:v>
-[...2 lines deleted...]
-        <x:v>463</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="Q307" s="4" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="R307" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="S307" s="0" t="n">
+        <x:v>613351</x:v>
+      </x:c>
+      <x:c r="T307" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="Q307" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>613357</x:v>
+        <x:v>613352</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>613351</x:v>
+        <x:v>613358</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>425</x:v>
-[...1 lines deleted...]
-      <x:c r="H310" s="14" t="s"/>
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
       <x:c r="I310" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>613352</x:v>
+        <x:v>551864</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>613358</x:v>
+        <x:v>613357</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
@@ -20912,51 +20911,51 @@
       <x:c r="M314" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>557308</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -20966,51 +20965,51 @@
       <x:c r="M315" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>557309</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
@@ -21683,151 +21682,150 @@
         <x:v>548629</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>267</x:v>
-[...1 lines deleted...]
-      <x:c r="H328" s="14" t="s"/>
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="H328" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
       <x:c r="I328" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>553485</x:v>
+        <x:v>502640</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>394</x:v>
-[...2 lines deleted...]
-        <x:v>395</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="Q329" s="4" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="R329" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
-      <x:c r="Q329" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>502640</x:v>
+        <x:v>553485</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
@@ -21976,84 +21974,84 @@
       <x:c r="S332" s="14" t="n">
         <x:v>552326</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>601958</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -22079,51 +22077,51 @@
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>608486</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
@@ -22197,102 +22195,102 @@
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>608487</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>601959</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -23091,84 +23089,84 @@
         <x:v>564176</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>546924</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -23915,111 +23913,111 @@
       <x:c r="K366" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>587707</x:v>
+        <x:v>611409</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>611409</x:v>
+        <x:v>587707</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
@@ -24308,51 +24306,51 @@
       <x:c r="M373" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>572975</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -24658,426 +24656,427 @@
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>583303</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>598721</x:v>
+        <x:v>598805</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>617291</x:v>
+        <x:v>598721</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>258</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>560</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="Q382" s="16" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="R382" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="S382" s="14" t="n">
+        <x:v>617291</x:v>
+      </x:c>
+      <x:c r="T382" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
-      <x:c r="Q382" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="H383" s="0" t="s">
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>572976</x:v>
+        <x:v>550626</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>572978</x:v>
+        <x:v>572976</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="Q385" s="4" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="R385" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="S385" s="0" t="n">
+        <x:v>572978</x:v>
+      </x:c>
+      <x:c r="T385" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
-      <x:c r="Q385" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>598805</x:v>
+        <x:v>604522</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>566</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -25159,369 +25158,369 @@
       <x:c r="R388" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>566521</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>553167</x:v>
+        <x:v>613761</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>613761</x:v>
+        <x:v>572708</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>569955</x:v>
+        <x:v>572982</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>578851</x:v>
+        <x:v>553167</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>572708</x:v>
+        <x:v>578851</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>572982</x:v>
+        <x:v>569955</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -25761,51 +25760,51 @@
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>572980</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>28</x:v>
@@ -25918,51 +25917,51 @@
       <x:c r="L402" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>598812</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -26356,51 +26355,51 @@
       <x:c r="J410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>586081</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
@@ -26416,51 +26415,51 @@
       <x:c r="L411" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>598803</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
@@ -26713,196 +26712,196 @@
       <x:c r="R416" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>572983</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>551950</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>601974</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>601326</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
@@ -26917,57 +26916,57 @@
         <x:v>267</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>608981</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -27242,84 +27241,84 @@
         <x:v>565521</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>546953</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -27696,51 +27695,51 @@
       <x:c r="M433" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>605459</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
@@ -28269,110 +28268,110 @@
       <x:c r="G443" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>553502</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>587430</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
@@ -28400,51 +28399,51 @@
       <x:c r="M445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>605458</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
@@ -28501,118 +28500,118 @@
       <x:c r="G447" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>532727</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>601975</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -29177,565 +29176,564 @@
       <x:c r="S458" s="14" t="n">
         <x:v>602664</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="H459" s="0" t="s">
+        <x:v>635</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>599243</x:v>
+        <x:v>572167</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
-        <x:v>34079</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>607</x:v>
-[...1 lines deleted...]
-      <x:c r="H460" s="14" t="s"/>
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="H460" s="14" t="s">
+        <x:v>636</x:v>
+      </x:c>
       <x:c r="I460" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>21573</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>607</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>636</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>509845</x:v>
+        <x:v>548908</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>637</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="H461" s="0" t="s">
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>547014</x:v>
+        <x:v>553108</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>532724</x:v>
+        <x:v>547014</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>599</x:v>
-[...2 lines deleted...]
-        <x:v>600</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>532739</x:v>
+        <x:v>532724</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
-        <x:v>630</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>572167</x:v>
+        <x:v>532739</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>560</x:v>
-[...2 lines deleted...]
-        <x:v>561</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>553108</x:v>
+        <x:v>599243</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>34079</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>21573</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>565526</x:v>
+        <x:v>509845</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>445</x:v>
-[...2 lines deleted...]
-        <x:v>643</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>548908</x:v>
+        <x:v>565526</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
@@ -29807,51 +29805,51 @@
       <x:c r="M469" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>600061</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
@@ -29979,51 +29977,51 @@
       <x:c r="L472" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>532748</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
@@ -31019,117 +31017,117 @@
       <x:c r="J490" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>600717</x:v>
+        <x:v>600726</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>600729</x:v>
+        <x:v>600731</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="U491" s="4" t="s">
         <x:v>667</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
@@ -31141,167 +31139,167 @@
       <x:c r="L492" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>553784</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="U492" s="16" t="s">
         <x:v>669</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>600726</x:v>
+        <x:v>600717</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>671</x:v>
+        <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>653</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>600731</x:v>
+        <x:v>600729</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>660</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>672</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">