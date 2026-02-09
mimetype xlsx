--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -1085,227 +1085,239 @@
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
+    <x:t>Animer une formation et évaluer les acquis des apprenants – Bloc de compétences du titre professionnel Formateur professionnel d’adultes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Bloc 1 : Réaliser une ingénierie de formation sur mesure, multimodale intégrant le conseil en développement des compétences (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optim'hum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi plus de 26 ans , Formateur , Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GASSIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Afc Groupe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études italiennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours italien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloc 4 : Manager des équipes dans le secteur de la formation (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours études islamologiques (islamologie et tradition intellectuelle en Islam)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eloce - Walter Learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Licencié pour motif économique , Particulier, individuel , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/25/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Bloc 1 : Réaliser une ingénierie de formation sur mesure, multimodale intégrant le conseil en développement des compétences (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
-[...50 lines deleted...]
-    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours italien</x:t>
+    <x:t>Responsable d'ingénierie pédagogique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention encadrement éducatif</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours japonais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concepteur médiatiseur pédagogique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Cadre demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conception formation à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours rédacteur professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel formateur professionnel d'adultes, Titre professionnel assistant de vie aux familles</x:t>
   </x:si>
   <x:si>
     <x:t>Atelier Hepta - Ketty Turron</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention histoire parcours histoire, la Méditerranée et le monde</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...91 lines deleted...]
-  <x:si>
     <x:t>06/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Insertion Travail Education Culture</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la GRH : formation, compétences et emploi</x:t>
@@ -1409,62 +1421,50 @@
   <x:si>
     <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Concepteur médiatiseur pédagogique</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences de l'éducation et de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours allemand</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours hébreu et études juives</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours responsabilité sociale des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Activ Formations</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours conception et management de formations en hygiène sécurité et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur d'adultes (DUFA)</x:t>
   </x:si>
   <x:si>
     <x:t>Conception action formation</x:t>
@@ -2453,50 +2453,53 @@
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable d'espace de médiation numérique</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concevoir un dispositif de formation à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Tuteurs</x:t>
   </x:si>
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public , Tuteur</x:t>
   </x:si>
   <x:si>
+    <x:t>11/28/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur pédagogique</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>AEFE</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coordinateur(trice) de formation au sein d'un organisme de formation</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
@@ -2523,53 +2526,50 @@
     <x:t>13626</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Formation de formateur art - Accompagner l'expression et la créativité dans un atelier de peinture libre</x:t>
   </x:si>
   <x:si>
     <x:t>Actions Globales d'Enseignement de Soutien Culturel et Artistique</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">AGESCA </x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>11/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ICF - module (VAE) : concevoir, animer et accompagner (Lyon 2)</x:t>
   </x:si>
   <x:si>
     <x:t>Master 2 professionnel ICF - module (VAE) : actualités des questions de la recherche (Rouen)</x:t>
   </x:si>
   <x:si>
     <x:t>Réussir sa classe virtuelle : animation</x:t>
   </x:si>
   <x:si>
     <x:t>Parentalité Créative</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
@@ -8768,167 +8768,167 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>578487</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>38953</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>44557</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>585546</x:v>
+        <x:v>546591</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>36652</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>578524</x:v>
+        <x:v>585546</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -8943,6559 +8943,6556 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>585574</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>546591</x:v>
+        <x:v>538051</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>538051</x:v>
+        <x:v>590982</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>590982</x:v>
+        <x:v>598712</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>616998</x:v>
+        <x:v>613345</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>191</x:v>
-[...2 lines deleted...]
-        <x:v>192</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>579982</x:v>
+        <x:v>587734</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>580000</x:v>
+        <x:v>587736</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>581326</x:v>
+        <x:v>611468</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>38152</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>352</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>581578</x:v>
+        <x:v>611474</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>557317</x:v>
+        <x:v>611478</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>557318</x:v>
+        <x:v>616998</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>575709</x:v>
+        <x:v>579982</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>575721</x:v>
+        <x:v>580000</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38953</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>563386</x:v>
+        <x:v>581326</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>41347</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>293</x:v>
-[...1 lines deleted...]
-      <x:c r="H114" s="14" t="s"/>
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>32150</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>611862</x:v>
+        <x:v>581578</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>611894</x:v>
+        <x:v>557317</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>258</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>609278</x:v>
+        <x:v>557318</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>40740</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>14227</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>580608</x:v>
+        <x:v>575709</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>38443</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E118" s="14" t="s"/>
+      <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>43435</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>576629</x:v>
+        <x:v>575721</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>41713</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
-      <x:c r="E119" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>191</x:v>
-[...2 lines deleted...]
-        <x:v>192</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>15020</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>571459</x:v>
+        <x:v>615361</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>140</x:v>
-[...1 lines deleted...]
-      <x:c r="H120" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>598712</x:v>
+        <x:v>545203</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>613345</x:v>
+        <x:v>576027</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="H122" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>587734</x:v>
+        <x:v>585542</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>587736</x:v>
+        <x:v>585565</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="H124" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>611468</x:v>
+        <x:v>585570</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>611474</x:v>
+        <x:v>599348</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="U125" s="4" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>611478</x:v>
+        <x:v>569986</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>41713</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>15020</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>615361</x:v>
+        <x:v>575538</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>164</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>32150</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>545203</x:v>
+        <x:v>597995</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>576027</x:v>
+        <x:v>598041</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>38953</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>44557</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>585542</x:v>
+        <x:v>573115</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>38953</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>585565</x:v>
+        <x:v>573129</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>38953</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>44557</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>585570</x:v>
+        <x:v>611480</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>599348</x:v>
+        <x:v>617031</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>569986</x:v>
+        <x:v>580116</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>38695</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>575538</x:v>
+        <x:v>586490</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>41347</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>288</x:v>
-[...1 lines deleted...]
-      <x:c r="H136" s="14" t="s"/>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>222</x:v>
+      </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>32150</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>597995</x:v>
+        <x:v>608980</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>36652</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>598041</x:v>
+        <x:v>578524</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>36652</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>573115</x:v>
+        <x:v>578599</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>38154</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>573129</x:v>
+        <x:v>581581</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>611480</x:v>
+        <x:v>581615</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>617031</x:v>
+        <x:v>557313</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>120</x:v>
-[...1 lines deleted...]
-      <x:c r="H142" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>580116</x:v>
+        <x:v>520493</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>180</x:v>
-[...2 lines deleted...]
-        <x:v>181</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>586490</x:v>
+        <x:v>577762</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>608980</x:v>
+        <x:v>575715</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>36652</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>578599</x:v>
+        <x:v>575723</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>390</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>352</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>354</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>581581</x:v>
+        <x:v>611366</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>581615</x:v>
+        <x:v>575936</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H148" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>557313</x:v>
+        <x:v>563386</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>165</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>32150</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>520493</x:v>
+        <x:v>611862</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>577762</x:v>
+        <x:v>611894</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>575715</x:v>
+        <x:v>609278</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>40740</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14227</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>575723</x:v>
+        <x:v>580608</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>38152</x:v>
+        <x:v>38443</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
+      <x:c r="E153" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F153" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>43435</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>575936</x:v>
+        <x:v>576629</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s"/>
-      <x:c r="F154" s="14" t="s"/>
+      <x:c r="E154" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F154" s="14" t="s">
+        <x:v>147</x:v>
+      </x:c>
       <x:c r="G154" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>568525</x:v>
+        <x:v>571459</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>568557</x:v>
+        <x:v>568525</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>568559</x:v>
+        <x:v>568557</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>38953</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>563392</x:v>
+        <x:v>568559</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>609877</x:v>
+        <x:v>563392</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>547981</x:v>
+        <x:v>609877</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E160" s="14" t="s"/>
+      <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>579685</x:v>
+        <x:v>547981</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
+      <x:c r="E161" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F161" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>573750</x:v>
+        <x:v>579685</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>573751</x:v>
+        <x:v>573750</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>616314</x:v>
+        <x:v>573751</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>40303</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>574317</x:v>
+        <x:v>616314</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>38953</x:v>
+        <x:v>40303</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>585541</x:v>
+        <x:v>574317</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>585545</x:v>
+        <x:v>585541</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>585548</x:v>
+        <x:v>585545</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>585564</x:v>
+        <x:v>585548</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>585569</x:v>
+        <x:v>585564</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>132</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>583220</x:v>
+        <x:v>585569</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>569938</x:v>
+        <x:v>583220</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>570090</x:v>
+        <x:v>569938</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38443</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>43435</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>590425</x:v>
+        <x:v>570090</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>38443</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>43435</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>539321</x:v>
+        <x:v>590425</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>41347</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>32150</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>597994</x:v>
+        <x:v>539321</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>94</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>32150</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>573131</x:v>
+        <x:v>597994</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>573133</x:v>
+        <x:v>573131</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>610044</x:v>
+        <x:v>573133</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>573377</x:v>
+        <x:v>610044</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="H180" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H180" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>615410</x:v>
+        <x:v>573377</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>617035</x:v>
+        <x:v>615410</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>191</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>579983</x:v>
+        <x:v>617035</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>37175</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>44554</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>543172</x:v>
+        <x:v>579983</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>37175</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>557319</x:v>
+        <x:v>543172</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>557320</x:v>
+        <x:v>557319</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>40098</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>575710</x:v>
+        <x:v>557320</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>575716</x:v>
+        <x:v>575710</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>575725</x:v>
+        <x:v>575716</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>575792</x:v>
+        <x:v>575725</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>38152</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>575935</x:v>
+        <x:v>575792</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>513058</x:v>
+        <x:v>575935</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>513270</x:v>
+        <x:v>513058</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>36652</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>615663</x:v>
+        <x:v>513270</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>41347</x:v>
+        <x:v>36652</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>293</x:v>
-[...1 lines deleted...]
-      <x:c r="H194" s="14" t="s"/>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H194" s="14" t="s">
+        <x:v>320</x:v>
+      </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>32150</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>611857</x:v>
+        <x:v>615663</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>611860</x:v>
+        <x:v>611857</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E196" s="14" t="s"/>
+      <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>191</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>32150</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>579694</x:v>
+        <x:v>611860</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>612409</x:v>
+        <x:v>579694</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s"/>
-      <x:c r="F198" s="14" t="s"/>
+      <x:c r="E198" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F198" s="14" t="s">
+        <x:v>147</x:v>
+      </x:c>
       <x:c r="G198" s="14" t="s">
-        <x:v>429</x:v>
-[...1 lines deleted...]
-      <x:c r="H198" s="14" t="s"/>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>579487</x:v>
+        <x:v>612409</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>545270</x:v>
+        <x:v>579487</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>581974</x:v>
+        <x:v>545270</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="S201" s="0" t="n">
+        <x:v>581974</x:v>
+      </x:c>
+      <x:c r="T201" s="4" t="s">
         <x:v>436</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>332</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>575539</x:v>
+        <x:v>605097</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>566783</x:v>
+        <x:v>575539</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H204" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>613336</x:v>
+        <x:v>566783</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>94</x:v>
-[...2 lines deleted...]
-        <x:v>95</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>573374</x:v>
+        <x:v>613336</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="H206" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>587737</x:v>
+        <x:v>573374</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>613339</x:v>
+        <x:v>587737</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>613347</x:v>
+        <x:v>613339</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>165</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>573713</x:v>
+        <x:v>613347</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="H210" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>617030</x:v>
+        <x:v>573713</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>36652</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>319</x:v>
-[...2 lines deleted...]
-        <x:v>320</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>578522</x:v>
+        <x:v>617030</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>36652</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="H212" s="14" t="s"/>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s">
+        <x:v>320</x:v>
+      </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>586759</x:v>
+        <x:v>578522</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>164</x:v>
-[...2 lines deleted...]
-        <x:v>165</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>546551</x:v>
+        <x:v>586759</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>446</x:v>
-[...1 lines deleted...]
-      <x:c r="C214" s="15" t="s"/>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C214" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>197</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>198</x:v>
-[...1 lines deleted...]
-      <x:c r="J214" s="14" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J214" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>44593</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>611366</x:v>
+        <x:v>546551</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -15966,108 +15963,108 @@
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>568526</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36202</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>44517</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>598441</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -16080,108 +16077,108 @@
       <x:c r="M225" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>598548</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>556232</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -16191,59 +16188,59 @@
       <x:c r="M227" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>582137</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -16363,102 +16360,102 @@
       <x:c r="M230" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>573120</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>617028</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -16525,54 +16522,54 @@
       <x:c r="L233" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>617032</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
@@ -16697,51 +16694,51 @@
       <x:c r="L236" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>578523</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16824,148 +16821,148 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>580610</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>546557</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>581715</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -17100,51 +17097,51 @@
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>521110</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
@@ -17747,75 +17744,75 @@
       <x:c r="R254" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>611861</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>540760</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
@@ -17842,54 +17839,54 @@
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>573831</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -17955,105 +17952,105 @@
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>545269</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38681</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42814</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>590158</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
@@ -18068,54 +18065,54 @@
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>566757</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -18460,54 +18457,54 @@
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>587735</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -18633,51 +18630,51 @@
       <x:c r="L270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>548121</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -18687,51 +18684,51 @@
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>609478</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
@@ -18757,88 +18754,88 @@
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>604408</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>611251</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
@@ -18857,51 +18854,51 @@
       <x:c r="L274" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>557316</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -19030,51 +19027,51 @@
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>520586</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
@@ -19097,51 +19094,51 @@
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>575707</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>76</x:v>
@@ -19270,51 +19267,51 @@
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>610045</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>36652</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -19499,102 +19496,102 @@
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>606709</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>568528</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -19612,189 +19609,189 @@
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>590797</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>601666</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>596688</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>572669</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
@@ -19819,51 +19816,51 @@
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>12514</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>592185</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
@@ -19943,85 +19940,85 @@
         <x:v>546270</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>613996</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
@@ -20029,51 +20026,51 @@
       <x:c r="M295" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>573449</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>550</x:v>
@@ -20099,190 +20096,190 @@
       <x:c r="R296" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>585118</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>592114</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>39506</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>15235</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>592115</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>600626</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
@@ -20293,60 +20290,60 @@
         <x:v>560</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>600758</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
@@ -20438,69 +20435,69 @@
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>573466</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>546</x:v>
@@ -20511,82 +20508,82 @@
       <x:c r="M304" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>573505</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>602963</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
@@ -20610,85 +20607,85 @@
       <x:c r="L306" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>611373</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>612548</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
@@ -20706,57 +20703,57 @@
         <x:v>495</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>590157</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -20766,210 +20763,210 @@
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>592807</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>14227</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>592808</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>44593</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>572370</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>584545</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -20979,51 +20976,51 @@
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>592374</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
@@ -21295,51 +21292,51 @@
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>616216</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>95</x:v>
@@ -21359,51 +21356,51 @@
       <x:c r="M320" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>573765</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -21462,54 +21459,54 @@
       <x:c r="H322" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>453828</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
@@ -21586,108 +21583,108 @@
       <x:c r="I324" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>616867</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>581190</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
@@ -22220,101 +22217,101 @@
       <x:c r="M335" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>553451</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>599222</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
@@ -22344,78 +22341,78 @@
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>601522</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>44593</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>586775</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
@@ -22701,51 +22698,51 @@
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>595468</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -22755,323 +22752,323 @@
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>595471</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>573458</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>573478</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>573484</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>573485</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>573490</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
@@ -23079,51 +23076,51 @@
       <x:c r="M351" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>573509</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
@@ -23147,87 +23144,87 @@
       <x:c r="R352" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>615396</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>592371</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
@@ -23240,105 +23237,105 @@
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>592392</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>597264</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
@@ -23453,51 +23450,51 @@
       <x:c r="L358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>591857</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -23521,97 +23518,97 @@
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>547011</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>597464</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
@@ -24090,313 +24087,313 @@
       <x:c r="M370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>615383</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>595470</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>573477</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>573488</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>573489</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>596560</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
@@ -24474,88 +24471,88 @@
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>605401</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>592393</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>75</x:v>
@@ -24910,101 +24907,101 @@
       <x:c r="M385" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>553453</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>599223</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
@@ -25023,51 +25020,51 @@
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>599239</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
@@ -25557,3549 +25554,3558 @@
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>606793</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
-        <x:v>516</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>691</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>590</x:v>
-[...1 lines deleted...]
-      <x:c r="H398" s="14" t="s"/>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="H398" s="14" t="s">
+        <x:v>544</x:v>
+      </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>591</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>591858</x:v>
+        <x:v>585114</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="H399" s="0" t="s">
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>42785</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>606</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>600987</x:v>
+        <x:v>585115</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>543</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>44596</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>585114</x:v>
+        <x:v>545883</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>543</x:v>
-[...2 lines deleted...]
-        <x:v>544</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>44596</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>585115</x:v>
+        <x:v>545894</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>44586</x:v>
+        <x:v>42785</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>545883</x:v>
+        <x:v>398491</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>668</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>42856</x:v>
+        <x:v>42785</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>545894</x:v>
+        <x:v>398499</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>766</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>562</x:v>
-[...1 lines deleted...]
-      <x:c r="H404" s="14" t="s"/>
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="H404" s="14" t="s">
+        <x:v>559</x:v>
+      </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>42785</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>398491</x:v>
+        <x:v>600757</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>768</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="H405" s="0" t="s">
+        <x:v>771</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>42785</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>398499</x:v>
+        <x:v>560662</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>44587</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>600757</x:v>
+        <x:v>573460</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>45085</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>560662</x:v>
+        <x:v>573461</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>573460</x:v>
+        <x:v>573467</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="H409" s="0" t="s">
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>44587</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>579696</x:v>
+        <x:v>573482</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>774</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>573461</x:v>
+        <x:v>573483</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>543</x:v>
-[...2 lines deleted...]
-        <x:v>544</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>44554</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>573467</x:v>
+        <x:v>587815</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>543</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
-        <x:v>673</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>44554</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>573482</x:v>
+        <x:v>602920</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>674</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>44554</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>573483</x:v>
+        <x:v>573508</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="H414" s="14" t="s"/>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="H414" s="14" t="s">
+        <x:v>544</x:v>
+      </x:c>
       <x:c r="I414" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>44586</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>587815</x:v>
+        <x:v>573511</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>44521</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>602920</x:v>
+        <x:v>611360</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>543</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>573508</x:v>
+        <x:v>611376</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>778</x:v>
-[...1 lines deleted...]
-      <x:c r="C417" s="3" t="s"/>
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="C417" s="3" t="n">
+        <x:v>39022</x:v>
+      </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>543</x:v>
-[...2 lines deleted...]
-        <x:v>544</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="J417" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>14411</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>573511</x:v>
+        <x:v>591971</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>44593</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>611360</x:v>
+        <x:v>615393</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>44521</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>611376</x:v>
+        <x:v>615398</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
-        <x:v>516</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>39022</x:v>
+        <x:v>39181</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>14411</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>591971</x:v>
+        <x:v>573971</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>780</x:v>
-[...1 lines deleted...]
-      <x:c r="C421" s="3" t="s"/>
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C421" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D421" s="3" t="s"/>
+      <x:c r="E421" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H421" s="0" t="s">
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="J421" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>44586</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>615393</x:v>
+        <x:v>573766</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>783</x:v>
-[...1 lines deleted...]
-      <x:c r="C422" s="15" t="s"/>
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C422" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D422" s="15" t="s"/>
-      <x:c r="E422" s="14" t="s"/>
+      <x:c r="E422" s="14" t="s">
+        <x:v>622</x:v>
+      </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>680</x:v>
-[...1 lines deleted...]
-      <x:c r="J422" s="14" t="s"/>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="J422" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K422" s="14" t="s">
-        <x:v>784</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>44586</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>615398</x:v>
+        <x:v>602616</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>786</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>39181</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
+      <x:c r="E423" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H423" s="0" t="s">
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>573971</x:v>
+        <x:v>616811</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>25508</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>573766</x:v>
+        <x:v>611075</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>624</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>602616</x:v>
+        <x:v>600054</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
-        <x:v>620</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>621</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
-      <x:c r="E426" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
-        <x:v>193</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>616811</x:v>
+        <x:v>580656</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>655</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
-      <x:c r="E427" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-        <x:v>55</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>44588</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>611075</x:v>
+        <x:v>614385</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
-        <x:v>620</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>621</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
-      <x:c r="E428" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44517</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>600054</x:v>
+        <x:v>505303</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>789</x:v>
-[...1 lines deleted...]
-      <x:c r="C429" s="3" t="s"/>
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C429" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D429" s="3" t="s"/>
+      <x:c r="E429" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>543</x:v>
-[...2 lines deleted...]
-        <x:v>544</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J429" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>44596</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>580656</x:v>
+        <x:v>557596</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>790</x:v>
-[...1 lines deleted...]
-      <x:c r="C430" s="15" t="s"/>
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C430" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D430" s="15" t="s"/>
-      <x:c r="E430" s="14" t="s"/>
+      <x:c r="E430" s="14" t="s">
+        <x:v>622</x:v>
+      </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>792</x:v>
-[...1 lines deleted...]
-      <x:c r="J430" s="14" t="s"/>
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="J430" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="K430" s="14" t="s">
-        <x:v>793</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>44588</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>792</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>614385</x:v>
+        <x:v>557885</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>758</x:v>
-[...1 lines deleted...]
-      <x:c r="C431" s="3" t="s"/>
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C431" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D431" s="3" t="s"/>
+      <x:c r="E431" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="J431" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>44517</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>505303</x:v>
+        <x:v>548179</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>759</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>683</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>29805</x:v>
+        <x:v>25508</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
-      <x:c r="E432" s="14" t="s"/>
+      <x:c r="E432" s="14" t="s">
+        <x:v>622</x:v>
+      </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>562684</x:v>
+        <x:v>611074</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>794</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>795</x:v>
-[...1 lines deleted...]
-      <x:c r="C433" s="3" t="s"/>
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C433" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D433" s="3" t="s"/>
+      <x:c r="E433" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="J433" s="0" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>44517</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>608310</x:v>
+        <x:v>609206</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>561</x:v>
-[...1 lines deleted...]
-      <x:c r="C434" s="15" t="s"/>
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="C434" s="15" t="n">
+        <x:v>29805</x:v>
+      </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>797</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
-        <x:v>742</x:v>
-[...1 lines deleted...]
-      <x:c r="J434" s="14" t="s"/>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="J434" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>44586</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>797</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>742</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>744</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>599731</x:v>
+        <x:v>562684</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>799</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>42785</x:v>
+        <x:v>44517</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>398484</x:v>
+        <x:v>608310</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>768</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>749</x:v>
-[...1 lines deleted...]
-      <x:c r="H436" s="14" t="s"/>
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="H436" s="14" t="s">
+        <x:v>799</x:v>
+      </x:c>
       <x:c r="I436" s="16" t="s">
-        <x:v>750</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
-        <x:v>44557</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>750</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>753</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>615304</x:v>
+        <x:v>599731</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>800</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
-        <x:v>42856</x:v>
+        <x:v>42785</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>615394</x:v>
+        <x:v>398484</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>801</x:v>
+        <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>615395</x:v>
+        <x:v>615304</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>802</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>803</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>669</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>518</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>42785</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>595472</x:v>
+        <x:v>600987</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>543</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
-        <x:v>44554</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>573462</x:v>
+        <x:v>615394</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>543</x:v>
-[...2 lines deleted...]
-        <x:v>544</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
-        <x:v>44554</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>573468</x:v>
+        <x:v>615395</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>804</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>806</x:v>
-[...1 lines deleted...]
-      <x:c r="C442" s="15" t="s"/>
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="C442" s="15" t="n">
+        <x:v>35912</x:v>
+      </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>543</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>545</x:v>
-[...1 lines deleted...]
-      <x:c r="J442" s="14" t="s"/>
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="J442" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K442" s="14" t="s">
-        <x:v>673</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
-        <x:v>44554</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>573480</x:v>
+        <x:v>595472</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>674</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>573481</x:v>
+        <x:v>573462</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>716</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s"/>
       <x:c r="K444" s="14" t="s">
-        <x:v>673</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>573486</x:v>
+        <x:v>573468</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>674</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>573507</x:v>
+        <x:v>573480</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>573510</x:v>
+        <x:v>573481</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>390</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="H447" s="0" t="s">
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>518</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>597263</x:v>
+        <x:v>573486</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
-        <x:v>516</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>390</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>808</x:v>
+      </x:c>
+      <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>590</x:v>
-[...1 lines deleted...]
-      <x:c r="H448" s="14" t="s"/>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="H448" s="14" t="s">
+        <x:v>544</x:v>
+      </x:c>
       <x:c r="I448" s="16" t="s">
-        <x:v>591</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="J448" s="14" t="s"/>
       <x:c r="K448" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>720</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>597265</x:v>
+        <x:v>573507</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="H449" s="0" t="s">
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
-        <x:v>42856</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>605402</x:v>
+        <x:v>573510</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>678</x:v>
-[...1 lines deleted...]
-      <x:c r="C450" s="15" t="s"/>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C450" s="15" t="n">
+        <x:v>38154</x:v>
+      </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>536</x:v>
-[...1 lines deleted...]
-      <x:c r="J450" s="14" t="s"/>
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="J450" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K450" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>603935</x:v>
+        <x:v>597263</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>529</x:v>
-[...1 lines deleted...]
-      <x:c r="C451" s="3" t="s"/>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C451" s="3" t="n">
+        <x:v>38154</x:v>
+      </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="J451" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>42856</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>603938</x:v>
+        <x:v>597265</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
-        <x:v>516</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>595</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>591</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>592372</x:v>
+        <x:v>605402</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>813</x:v>
-[...2 lines deleted...]
-        <x:v>814</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>45085</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>551948</x:v>
+        <x:v>603935</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>816</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
-        <x:v>516</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>552</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>591</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>15235</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>592113</x:v>
+        <x:v>603938</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
-      <x:c r="E455" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>180</x:v>
-[...2 lines deleted...]
-        <x:v>181</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>601397</x:v>
+        <x:v>592372</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>817</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
-        <x:v>620</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>621</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
-      <x:c r="E456" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H456" s="14" t="s"/>
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s">
+        <x:v>815</x:v>
+      </x:c>
       <x:c r="I456" s="16" t="s">
-        <x:v>72</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>557596</x:v>
+        <x:v>551948</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>818</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>39506</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
-      <x:c r="E457" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>15235</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>557885</x:v>
+        <x:v>592113</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
-        <x:v>620</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>621</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
-      <x:c r="E458" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>548179</x:v>
+        <x:v>579699</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>683</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
-        <x:v>25508</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>44557</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>611074</x:v>
+        <x:v>601397</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
-        <x:v>620</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>40740</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
-      <x:c r="E460" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>14227</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>609206</x:v>
+        <x:v>592809</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>735</x:v>
-[...1 lines deleted...]
-      <x:c r="C461" s="3" t="s"/>
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C461" s="3" t="n">
+        <x:v>40120</x:v>
+      </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="J461" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>44587</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>579699</x:v>
+        <x:v>592373</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>738</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
-        <x:v>40740</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>14227</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>592809</x:v>
+        <x:v>591858</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>28</x:v>
@@ -29171,358 +29177,353 @@
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>547165</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
+      <x:c r="E465" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>592373</x:v>
+        <x:v>552034</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>727</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>552034</x:v>
+        <x:v>600053</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>724</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>621</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
-      <x:c r="E467" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>141</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>600053</x:v>
+        <x:v>579696</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>573463</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>573469</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>44593</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>611361</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
@@ -29595,54 +29596,54 @@
       <x:c r="L472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>615373</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>801</x:v>
+        <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>29</x:v>
@@ -30279,97 +30280,97 @@
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>580660</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>597461</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38696</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -30379,51 +30380,51 @@
       <x:c r="L487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>14272</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>591881</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
@@ -30436,162 +30437,162 @@
       <x:c r="L488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>595469</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>597462</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>809</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>597463</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>75</x:v>
@@ -30653,51 +30654,51 @@
       <x:c r="L492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38156</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -30707,51 +30708,51 @@
       <x:c r="L493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>13364</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>595480</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
@@ -30862,51 +30863,51 @@
       <x:c r="L496" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>613603</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -30978,51 +30979,51 @@
       <x:c r="M498" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>553404</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
@@ -31557,98 +31558,98 @@
       <x:c r="L509" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>557597</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>850</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>811</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>603943</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C511" s="3" t="s"/>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>169</x:v>
@@ -31662,95 +31663,95 @@
       <x:c r="M511" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>587814</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>576683</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>853</x:v>
@@ -31810,235 +31811,235 @@
       <x:c r="H514" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>603395</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>603396</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
         <x:v>554852</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>554853</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
@@ -32119,320 +32120,320 @@
       <x:c r="M519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>611072</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I520" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>573459</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>573464</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="C522" s="15" t="s"/>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I522" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s"/>
       <x:c r="K522" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>573465</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>573479</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="C524" s="15" t="s"/>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I524" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s"/>
       <x:c r="K524" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>573487</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="C525" s="3" t="s"/>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
@@ -32440,51 +32441,51 @@
       <x:c r="M525" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>573506</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="C526" s="15" t="s"/>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s"/>
       <x:c r="K526" s="14" t="s">
         <x:v>546</x:v>
@@ -32495,108 +32496,108 @@
       <x:c r="M526" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>573512</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C527" s="3" t="s"/>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>602965</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C528" s="15" t="s"/>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s"/>
       <x:c r="K528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>