--- v3 (2026-03-29)
+++ v4 (2026-03-30)
@@ -1418,324 +1418,324 @@
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet web digital spécialisation marketing digital et e-business (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Déploiement continu avec Docker &amp; Kubernetes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Service cloud computing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administration Systèmes Microsoft</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en architecture des systèmes d’information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Sophia Ynov Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilité dans l'entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet multimédia (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Création graphique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation data engineer et data scientist (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simplon.co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Simplon.co - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de projets informatiques spécialité expert IT application intelligente et big data (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur spécialisé en sécurité pour les systèmes informatiques et les communications, diplômé d'Eurecom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor information technologique - 1ère année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Plateforme Alpes Maritimes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cycle préparatoire Intégré CESI - spécialité généraliste, BTP, informatique, systèmes embarqués</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite travaux BTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>expert en études et développement du système d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My digital school Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique (systèmes et réseaux ou services et solutions logicielles)</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet logiciel et réseau spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Intégration continue</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Déploiement continu avec Docker &amp; Kubernetes</x:t>
-[...160 lines deleted...]
-  <x:si>
     <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Architecte de systèmes d'information (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de projets informatiques</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager de projets informatiques</x:t>
+    <x:t>10/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté Economie et Gestion|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management des systèmes d'information parcours management des systèmes d'information, conseil et transformation digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>Aix Marseille Université - Faculté Economie et Gestion|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information (MSC)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de programmes et projets SI (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours Ingénierie du développement logiciel parcours ingénierie du développement logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours science et ingénierie des données</x:t>
   </x:si>
@@ -12824,5250 +12824,5251 @@
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>535090</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>252</x:v>
-[...1 lines deleted...]
-      <x:c r="C194" s="15" t="s"/>
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C194" s="15" t="n">
+        <x:v>39115</x:v>
+      </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s"/>
+      <x:c r="E194" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>231</x:v>
-[...1 lines deleted...]
-      <x:c r="J194" s="14" t="s"/>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="J194" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>516303</x:v>
+        <x:v>550731</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>36197</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
+      <x:c r="E195" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>497067</x:v>
+        <x:v>550733</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>339</x:v>
-[...1 lines deleted...]
-      <x:c r="C196" s="15" t="s"/>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C196" s="15" t="n">
+        <x:v>36296</x:v>
+      </x:c>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s"/>
+      <x:c r="E196" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>148</x:v>
-[...1 lines deleted...]
-      <x:c r="J196" s="14" t="s"/>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="J196" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>31024</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>568029</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>568784</x:v>
+        <x:v>587051</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>31024</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>586560</x:v>
+        <x:v>587055</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>428</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>407</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>31018</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>596793</x:v>
+        <x:v>500404</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>586942</x:v>
+        <x:v>608220</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>228</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
-      <x:c r="E201" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>230</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>231</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>600354</x:v>
+        <x:v>615859</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
-      <x:c r="E202" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>102</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>31018</x:v>
+        <x:v>72310</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>454246</x:v>
+        <x:v>578612</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>235</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
-      <x:c r="E203" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>553420</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>235</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>231</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>546795</x:v>
+        <x:v>612079</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>131</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
-      <x:c r="E205" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>620812</x:v>
+        <x:v>617896</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>31010</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>534876</x:v>
+        <x:v>568025</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>456</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
-      <x:c r="E207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>192</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>534939</x:v>
+        <x:v>568028</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>456</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
-      <x:c r="E208" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31094</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>534941</x:v>
+        <x:v>505902</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>447</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
-      <x:c r="E209" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>192</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>534967</x:v>
+        <x:v>592908</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>39115</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
-      <x:c r="E210" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>535085</x:v>
+        <x:v>606190</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>287</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
-      <x:c r="E211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>192</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>550737</x:v>
+        <x:v>618295</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>287</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="H212" s="14" t="s"/>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s">
+        <x:v>172</x:v>
+      </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>550738</x:v>
+        <x:v>618364</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
-      <x:c r="E213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>551041</x:v>
+        <x:v>592081</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>131</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>134</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>568843</x:v>
+        <x:v>586926</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>386</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
-      <x:c r="E215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>134</x:v>
-[...2 lines deleted...]
-        <x:v>387</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>568847</x:v>
+        <x:v>586931</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>306</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>46339</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>578567</x:v>
+        <x:v>586932</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>583375</x:v>
+        <x:v>586939</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>299</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>550731</x:v>
+        <x:v>586940</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>299</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
-      <x:c r="E219" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>192</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>550733</x:v>
+        <x:v>586949</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>448</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>550910</x:v>
+        <x:v>586950</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="C221" s="3" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C221" s="3" t="n">
+        <x:v>38779</x:v>
+      </x:c>
       <x:c r="D221" s="3" t="s"/>
+      <x:c r="E221" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="J221" s="0" t="s">
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>587051</x:v>
+        <x:v>601256</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="C222" s="15" t="s"/>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C222" s="15" t="n">
+        <x:v>35582</x:v>
+      </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s"/>
+      <x:c r="E222" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="J222" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="J222" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>587055</x:v>
+        <x:v>448038</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>140</x:v>
-[...1 lines deleted...]
-      <x:c r="C223" s="3" t="s"/>
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="C223" s="3" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D223" s="3" t="s"/>
+      <x:c r="E223" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J223" s="0" t="s">
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>500404</x:v>
+        <x:v>506857</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>361</x:v>
-[...1 lines deleted...]
-      <x:c r="C224" s="15" t="s"/>
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C224" s="15" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>89</x:v>
-[...1 lines deleted...]
-      <x:c r="J224" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J224" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>608220</x:v>
+        <x:v>506858</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>144</x:v>
-[...1 lines deleted...]
-      <x:c r="C225" s="3" t="s"/>
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="C225" s="3" t="n">
+        <x:v>37638</x:v>
+      </x:c>
       <x:c r="D225" s="3" t="s"/>
+      <x:c r="E225" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="J225" s="0" t="s">
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>615859</x:v>
+        <x:v>554510</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>462</x:v>
-[...1 lines deleted...]
-      <x:c r="C226" s="15" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C226" s="15" t="n">
+        <x:v>38779</x:v>
+      </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s"/>
+      <x:c r="E226" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>306</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>308</x:v>
-[...1 lines deleted...]
-      <x:c r="J226" s="14" t="s"/>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="J226" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>72310</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>578612</x:v>
+        <x:v>600221</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C227" s="3" t="s"/>
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C227" s="3" t="n">
+        <x:v>38905</x:v>
+      </x:c>
       <x:c r="D227" s="3" t="s"/>
+      <x:c r="E227" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="J227" s="0" t="s">
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>592936</x:v>
+        <x:v>543263</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="C228" s="15" t="s"/>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C228" s="15" t="n">
+        <x:v>36296</x:v>
+      </x:c>
       <x:c r="D228" s="15" t="s"/>
-      <x:c r="E228" s="14" t="s"/>
+      <x:c r="E228" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="J228" s="14" t="s"/>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="J228" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>31094</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>505902</x:v>
+        <x:v>534965</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>32</x:v>
-[...1 lines deleted...]
-      <x:c r="C229" s="3" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C229" s="3" t="n">
+        <x:v>37744</x:v>
+      </x:c>
       <x:c r="D229" s="3" t="s"/>
+      <x:c r="E229" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="J229" s="0" t="s">
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>592908</x:v>
+        <x:v>535027</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>35582</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>448038</x:v>
+        <x:v>549752</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
+      <x:c r="E231" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>606190</x:v>
+        <x:v>550736</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>324</x:v>
-[...1 lines deleted...]
-      <x:c r="C232" s="15" t="s"/>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="n">
+        <x:v>38779</x:v>
+      </x:c>
       <x:c r="D232" s="15" t="s"/>
-      <x:c r="E232" s="14" t="s"/>
+      <x:c r="E232" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>173</x:v>
-[...1 lines deleted...]
-      <x:c r="J232" s="14" t="s"/>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="J232" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>31024</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>618295</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>473</x:v>
-[...1 lines deleted...]
-      <x:c r="C233" s="3" t="s"/>
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="C233" s="3" t="n">
+        <x:v>36296</x:v>
+      </x:c>
       <x:c r="D233" s="3" t="s"/>
+      <x:c r="E233" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>171</x:v>
-[...2 lines deleted...]
-        <x:v>172</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="J233" s="0" t="s">
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>618364</x:v>
+        <x:v>550914</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
-      <x:c r="E234" s="14" t="s"/>
+      <x:c r="E234" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>592081</x:v>
+        <x:v>550915</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
+      <x:c r="E235" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>592083</x:v>
+        <x:v>551046</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>478</x:v>
-[...1 lines deleted...]
-      <x:c r="C236" s="15" t="s"/>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C236" s="15" t="n">
+        <x:v>39585</x:v>
+      </x:c>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s"/>
+      <x:c r="E236" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>479</x:v>
-[...1 lines deleted...]
-      <x:c r="H236" s="14" t="s"/>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s">
+        <x:v>230</x:v>
+      </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="J236" s="14" t="s"/>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="J236" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>22293</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>597189</x:v>
+        <x:v>546298</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>40363</x:v>
+        <x:v>39585</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
+      <x:c r="E237" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H237" s="0" t="s">
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>592546</x:v>
+        <x:v>546300</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="C238" s="15" t="s"/>
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C238" s="15" t="n">
+        <x:v>39907</x:v>
+      </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>89</x:v>
-[...1 lines deleted...]
-      <x:c r="J238" s="14" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J238" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>612079</x:v>
+        <x:v>595013</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="C239" s="3" t="s"/>
+      <x:c r="C239" s="3" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J239" s="0" t="s">
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>617896</x:v>
+        <x:v>581537</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>339</x:v>
-[...1 lines deleted...]
-      <x:c r="C240" s="15" t="s"/>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C240" s="15" t="n">
+        <x:v>39490</x:v>
+      </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>148</x:v>
-[...1 lines deleted...]
-      <x:c r="J240" s="14" t="s"/>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="J240" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>31024</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>568025</x:v>
+        <x:v>592286</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>339</x:v>
-[...1 lines deleted...]
-      <x:c r="C241" s="3" t="s"/>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C241" s="3" t="n">
+        <x:v>40319</x:v>
+      </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="J241" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>568028</x:v>
+        <x:v>592411</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>569977</x:v>
+        <x:v>592910</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>468</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>606189</x:v>
+        <x:v>592951</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>595851</x:v>
+        <x:v>576522</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>586926</x:v>
+        <x:v>570221</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="H246" s="14" t="s"/>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
+        <x:v>172</x:v>
+      </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>586931</x:v>
+        <x:v>618293</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>586932</x:v>
+        <x:v>618358</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>280</x:v>
-[...1 lines deleted...]
-      <x:c r="C248" s="15" t="s"/>
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C248" s="15" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="J248" s="14" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="J248" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>586939</x:v>
+        <x:v>597192</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>280</x:v>
-[...1 lines deleted...]
-      <x:c r="C249" s="3" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C249" s="3" t="n">
+        <x:v>39278</x:v>
+      </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="J249" s="0" t="s">
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>586940</x:v>
+        <x:v>592083</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>22293</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>586949</x:v>
+        <x:v>597189</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>280</x:v>
-[...1 lines deleted...]
-      <x:c r="C251" s="3" t="s"/>
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C251" s="3" t="n">
+        <x:v>40363</x:v>
+      </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="J251" s="0" t="s">
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>586950</x:v>
+        <x:v>592546</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>288</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
-      <x:c r="E252" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>222</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>601256</x:v>
+        <x:v>516303</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>35078</x:v>
+        <x:v>36197</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
-      <x:c r="E253" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>506857</x:v>
+        <x:v>497067</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>491</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
-      <x:c r="E254" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>506858</x:v>
+        <x:v>568029</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>492</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
-      <x:c r="E255" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>494</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>554510</x:v>
+        <x:v>568784</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>288</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
-      <x:c r="E256" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>222</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>600221</x:v>
+        <x:v>586560</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>38905</x:v>
+        <x:v>41546</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
-      <x:c r="E257" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>543263</x:v>
+        <x:v>596793</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>297</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
-      <x:c r="E258" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>534965</x:v>
+        <x:v>586942</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>39585</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H259" s="0" t="s">
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>535027</x:v>
+        <x:v>600354</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>85</x:v>
-[...1 lines deleted...]
-      <x:c r="H260" s="14" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="I260" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>549752</x:v>
+        <x:v>454246</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>39115</x:v>
+        <x:v>38905</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>24220</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>550736</x:v>
+        <x:v>553420</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>38779</x:v>
+        <x:v>38905</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>542192</x:v>
+        <x:v>546795</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>550914</x:v>
+        <x:v>620812</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>36469</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>550915</x:v>
+        <x:v>534876</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>551046</x:v>
+        <x:v>534939</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>39585</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>229</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>546298</x:v>
+        <x:v>534941</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>39585</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>230</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>546300</x:v>
+        <x:v>534967</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>39907</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s"/>
+      <x:c r="E268" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>595013</x:v>
+        <x:v>535085</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>35078</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
+      <x:c r="E269" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>581537</x:v>
+        <x:v>550737</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>39490</x:v>
+        <x:v>39115</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
-      <x:c r="E270" s="14" t="s"/>
+      <x:c r="E270" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>592286</x:v>
+        <x:v>550738</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>40319</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
+      <x:c r="E271" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>592411</x:v>
+        <x:v>551041</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>32</x:v>
-[...1 lines deleted...]
-      <x:c r="C272" s="15" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C272" s="15" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D272" s="15" t="s"/>
-      <x:c r="E272" s="14" t="s"/>
+      <x:c r="E272" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>275</x:v>
-[...1 lines deleted...]
-      <x:c r="H272" s="14" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H272" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="I272" s="16" t="s">
-        <x:v>276</x:v>
-[...1 lines deleted...]
-      <x:c r="J272" s="14" t="s"/>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="J272" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>592910</x:v>
+        <x:v>568843</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="C273" s="3" t="s"/>
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C273" s="3" t="n">
+        <x:v>38436</x:v>
+      </x:c>
       <x:c r="D273" s="3" t="s"/>
+      <x:c r="E273" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="J273" s="0" t="s">
+        <x:v>387</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>592951</x:v>
+        <x:v>568847</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>179</x:v>
-[...1 lines deleted...]
-      <x:c r="H274" s="14" t="s"/>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s">
+        <x:v>307</x:v>
+      </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>46339</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>576522</x:v>
+        <x:v>578567</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>570221</x:v>
+        <x:v>569977</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>324</x:v>
-[...1 lines deleted...]
-      <x:c r="C276" s="15" t="s"/>
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C276" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>171</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>173</x:v>
-[...1 lines deleted...]
-      <x:c r="J276" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J276" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K276" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>31024</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>618293</x:v>
+        <x:v>606189</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>171</x:v>
-[...2 lines deleted...]
-        <x:v>172</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>618358</x:v>
+        <x:v>595851</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>356</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>597192</x:v>
+        <x:v>583375</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>592085</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>22293</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>597190</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>31024</x:v>
+        <x:v>72254</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>568026</x:v>
+        <x:v>568153</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="C282" s="15" t="s"/>
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C282" s="15" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>148</x:v>
-[...1 lines deleted...]
-      <x:c r="J282" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="J282" s="14" t="s">
+        <x:v>116</x:v>
+      </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>72254</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>568153</x:v>
+        <x:v>556098</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>506</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>116</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>556098</x:v>
+        <x:v>568782</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>568782</x:v>
+        <x:v>576520</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>31024</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>576520</x:v>
+        <x:v>568026</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>40612</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>592577</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B287" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
-      <x:c r="B287" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>41129</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="H287" s="0" t="s">
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>589941</x:v>
+        <x:v>574955</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>521</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>574955</x:v>
+        <x:v>589941</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -18085,113 +18086,113 @@
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>620980</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>518</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>39775</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>615688</x:v>
+        <x:v>579573</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>31006</x:v>
@@ -18201,505 +18202,505 @@
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>558884</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>35908</x:v>
+        <x:v>38905</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>521</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>31034</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>575017</x:v>
+        <x:v>531238</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>39490</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>579573</x:v>
+        <x:v>615688</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>623050</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>581220</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>518</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>41129</x:v>
+        <x:v>35908</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>212</x:v>
-[...1 lines deleted...]
-      <x:c r="H296" s="14" t="s"/>
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s">
+        <x:v>520</x:v>
+      </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>598490</x:v>
+        <x:v>575017</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-        <x:v>133</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>622096</x:v>
+        <x:v>598490</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>39775</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>610847</x:v>
+        <x:v>622096</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>543</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>38905</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>531238</x:v>
+        <x:v>610847</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38599</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -18780,155 +18781,155 @@
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>589942</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>574960</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38599</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -18953,138 +18954,138 @@
       <x:c r="R304" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>578576</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>574956</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38599</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
@@ -19168,51 +19169,51 @@
       <x:c r="M308" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>578624</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -19225,51 +19226,51 @@
       <x:c r="M309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>578626</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38436</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
@@ -19346,54 +19347,54 @@
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -19415,276 +19416,276 @@
       <x:c r="R312" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>578623</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>574958</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>579575</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>615664</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>55</x:v>
@@ -19753,162 +19754,162 @@
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>578622</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>578625</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>578627</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -19985,51 +19986,51 @@
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>580870</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>31006</x:v>
@@ -20039,159 +20040,159 @@
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>587125</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>535</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>579574</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>615689</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>