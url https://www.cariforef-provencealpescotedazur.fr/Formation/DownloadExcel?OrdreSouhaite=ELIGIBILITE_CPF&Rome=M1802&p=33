--- v2 (2026-02-10)
+++ v3 (2026-02-11)
@@ -1958,50 +1958,77 @@
   <x:si>
     <x:t>SCRUM : PSM II (Professional Scrum Master)</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode Agile</x:t>
   </x:si>
   <x:si>
     <x:t>Windows Server 2019 Administration : Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Système exploitation informatique</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Active Directory : Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Linux Administration : Bases</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'institut supérieur de l'électronique et du numérique Yncréa Méditerranée</x:t>
   </x:si>
   <x:si>
+    <x:t>expert en études et développement du système d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My digital school Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pigier Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestionnaire de la sécurité des données, des réseaux et des systèmes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My BS - My Business School La Valette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/11/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information spécificité cyber (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information spécificité logiciel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
@@ -2018,77 +2045,50 @@
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en architecture et applications logicielles des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
-    <x:t>expert en études et développement du système d'information</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention innovation, entreprise et société</x:t>
   </x:si>
   <x:si>
     <x:t>Science politique</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Formation à la carte  (Gestion de Projet Web)</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion projet informatique</x:t>
@@ -2207,50 +2207,107 @@
   <x:si>
     <x:t>Lycée L Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>EMP</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation data engineer et data scientist (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert informatique et systèmes d'information spécialisation Expert DevOps (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doranco Espace Multimédia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doranco Espace Multimédia - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2i Skills - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Convergence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ampère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité mathématiques appliquées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modèle mathématique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Data analyst : module expert</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information spécificité web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Polytech Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
@@ -2318,107 +2375,50 @@
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>13741</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>04/22/2026 00:00:00</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'école supérieure angevine d'informatique et de productique spécialité informatique et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>ESAIP - site d'Angers</x:t>
   </x:si>
   <x:si>
     <x:t>49124</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention traitement du signal et des images parcours traitement du signal et des images</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
@@ -2471,81 +2471,81 @@
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit du numérique parcours droit des communications électroniques</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention informatique parcours informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention informatique parcours géométrie et informatique graphique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention IA - Intelligence Artificielle / AI - Artificial Intelligence</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours métiers du développement informatique</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Master mention informatique parcours géométrie et informatique graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie informatique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Cybersécurité (ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2028 00:00:00</x:t>
   </x:si>
@@ -24542,2567 +24542,2573 @@
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>581537</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>172</x:v>
-[...1 lines deleted...]
-      <x:c r="C391" s="3" t="s"/>
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="C391" s="3" t="n">
+        <x:v>40363</x:v>
+      </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="J391" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>576524</x:v>
+        <x:v>592546</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>599357</x:v>
+        <x:v>592582</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>594</x:v>
-[...1 lines deleted...]
-      <x:c r="C393" s="3" t="s"/>
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="C393" s="3" t="n">
+        <x:v>37346</x:v>
+      </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="J393" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>599360</x:v>
+        <x:v>597153</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>35435</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
-      <x:c r="E394" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>31009</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>504740</x:v>
+        <x:v>597192</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>632</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
-      <x:c r="E395" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="H395" s="0" t="s">
+        <x:v>636</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="J395" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>604973</x:v>
+        <x:v>523223</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
-      <x:c r="E396" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>605529</x:v>
+        <x:v>603685</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>634</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
-      <x:c r="E397" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>259</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>605597</x:v>
+        <x:v>603689</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>635</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
-      <x:c r="E398" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>259</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>605599</x:v>
+        <x:v>603715</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>484</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
-      <x:c r="E399" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>549300</x:v>
+        <x:v>603716</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>368</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
-      <x:c r="E400" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>317</x:v>
-[...1 lines deleted...]
-      <x:c r="H400" s="14" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H400" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="I400" s="16" t="s">
-        <x:v>318</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>549303</x:v>
+        <x:v>603811</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>637</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>549331</x:v>
+        <x:v>534968</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>638</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>40246</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>608661</x:v>
+        <x:v>535023</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>35475</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>218</x:v>
-[...2 lines deleted...]
-        <x:v>219</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>603414</x:v>
+        <x:v>535026</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>36075</x:v>
+        <x:v>37579</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>317</x:v>
-[...1 lines deleted...]
-      <x:c r="H404" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H404" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>600204</x:v>
+        <x:v>555742</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>643</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
-      <x:c r="E405" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>318</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>31010</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>600220</x:v>
+        <x:v>606799</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>305</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
-      <x:c r="E406" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
-        <x:v>220</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>453831</x:v>
+        <x:v>613125</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
-      <x:c r="E407" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H407" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>259</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>553577</x:v>
+        <x:v>613127</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>646</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>362</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
-      <x:c r="E408" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
-        <x:v>220</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>554881</x:v>
+        <x:v>613132</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>647</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
-      <x:c r="E409" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H409" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>506858</x:v>
+        <x:v>613137</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>396</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
-      <x:c r="E410" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
-        <x:v>200</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>543534</x:v>
+        <x:v>613145</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>632</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
-      <x:c r="E411" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H411" s="0" t="s">
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>549752</x:v>
+        <x:v>534251</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>470</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
-      <x:c r="E412" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>471</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>179</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>546303</x:v>
+        <x:v>576524</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>329</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
-      <x:c r="E413" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>330</x:v>
-[...2 lines deleted...]
-        <x:v>331</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>332</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>602339</x:v>
+        <x:v>599357</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>640</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>367</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
-      <x:c r="E414" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>330</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>332</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>31009</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>547219</x:v>
+        <x:v>599360</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>35435</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H415" s="0" t="s">
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>534968</x:v>
+        <x:v>504740</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>535023</x:v>
+        <x:v>604973</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>535026</x:v>
+        <x:v>605529</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>37579</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>198</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>555742</x:v>
+        <x:v>605597</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>40363</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
+      <x:c r="E419" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>592546</x:v>
+        <x:v>605599</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>652</x:v>
-[...1 lines deleted...]
-      <x:c r="C420" s="15" t="s"/>
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C420" s="15" t="n">
+        <x:v>38779</x:v>
+      </x:c>
       <x:c r="D420" s="15" t="s"/>
-      <x:c r="E420" s="14" t="s"/>
+      <x:c r="E420" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="J420" s="14" t="s"/>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="J420" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K420" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>592582</x:v>
+        <x:v>549300</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>37346</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
+      <x:c r="E421" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>597153</x:v>
+        <x:v>549303</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
-      <x:c r="E422" s="14" t="s"/>
+      <x:c r="E422" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>597192</x:v>
+        <x:v>549331</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>243</x:v>
-[...1 lines deleted...]
-      <x:c r="C423" s="3" t="s"/>
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="C423" s="3" t="n">
+        <x:v>40246</x:v>
+      </x:c>
       <x:c r="D423" s="3" t="s"/>
+      <x:c r="E423" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-        <x:v>656</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="J423" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>523223</x:v>
+        <x:v>608661</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C424" s="15" t="s"/>
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C424" s="15" t="n">
+        <x:v>35475</x:v>
+      </x:c>
       <x:c r="D424" s="15" t="s"/>
-      <x:c r="E424" s="14" t="s"/>
+      <x:c r="E424" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>137</x:v>
-[...1 lines deleted...]
-      <x:c r="H424" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J424" s="14" t="s"/>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="J424" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K424" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>603685</x:v>
+        <x:v>603414</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C425" s="3" t="s"/>
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C425" s="3" t="n">
+        <x:v>36075</x:v>
+      </x:c>
       <x:c r="D425" s="3" t="s"/>
+      <x:c r="E425" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="J425" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>603689</x:v>
+        <x:v>600204</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C426" s="15" t="s"/>
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="C426" s="15" t="n">
+        <x:v>38778</x:v>
+      </x:c>
       <x:c r="D426" s="15" t="s"/>
-      <x:c r="E426" s="14" t="s"/>
+      <x:c r="E426" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J426" s="14" t="s"/>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="J426" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K426" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>603715</x:v>
+        <x:v>600220</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C427" s="3" t="s"/>
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C427" s="3" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D427" s="3" t="s"/>
+      <x:c r="E427" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H427" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="J427" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>603716</x:v>
+        <x:v>453831</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="C428" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C428" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D428" s="15" t="s"/>
-      <x:c r="E428" s="14" t="s"/>
+      <x:c r="E428" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J428" s="14" t="s"/>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="J428" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K428" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>603811</x:v>
+        <x:v>553577</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="C429" s="3" t="s"/>
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C429" s="3" t="n">
+        <x:v>35475</x:v>
+      </x:c>
       <x:c r="D429" s="3" t="s"/>
+      <x:c r="E429" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H429" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="J429" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>31021</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>606799</x:v>
+        <x:v>554881</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="C430" s="15" t="s"/>
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="C430" s="15" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D430" s="15" t="s"/>
-      <x:c r="E430" s="14" t="s"/>
+      <x:c r="E430" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J430" s="14" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J430" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K430" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>613125</x:v>
+        <x:v>506858</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="C431" s="3" t="s"/>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C431" s="3" t="n">
+        <x:v>37579</x:v>
+      </x:c>
       <x:c r="D431" s="3" t="s"/>
+      <x:c r="E431" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="J431" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>613127</x:v>
+        <x:v>543534</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="C432" s="15" t="s"/>
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="C432" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D432" s="15" t="s"/>
-      <x:c r="E432" s="14" t="s"/>
+      <x:c r="E432" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J432" s="14" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J432" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K432" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>613132</x:v>
+        <x:v>549752</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="C433" s="3" t="s"/>
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="C433" s="3" t="n">
+        <x:v>39585</x:v>
+      </x:c>
       <x:c r="D433" s="3" t="s"/>
+      <x:c r="E433" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="J433" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>613137</x:v>
+        <x:v>546303</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="C434" s="15" t="s"/>
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C434" s="15" t="n">
+        <x:v>39237</x:v>
+      </x:c>
       <x:c r="D434" s="15" t="s"/>
-      <x:c r="E434" s="14" t="s"/>
+      <x:c r="E434" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J434" s="14" t="s"/>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="J434" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K434" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>613145</x:v>
+        <x:v>602339</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>164</x:v>
-[...1 lines deleted...]
-      <x:c r="C435" s="3" t="s"/>
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C435" s="3" t="n">
+        <x:v>35435</x:v>
+      </x:c>
       <x:c r="D435" s="3" t="s"/>
+      <x:c r="E435" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="J435" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>534251</x:v>
+        <x:v>547219</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -29415,51 +29421,51 @@
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>596941</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>652</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
@@ -32672,5261 +32678,5257 @@
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>505351</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
-      <x:c r="E541" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>600</x:v>
-[...2 lines deleted...]
-        <x:v>601</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>583894</x:v>
+        <x:v>576521</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="U541" s="4" t="s">
         <x:v>713</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
-        <x:v>35435</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
-        <x:v>31009</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>504739</x:v>
+        <x:v>605581</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
-        <x:v>38778</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
-        <x:v>31010</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>542186</x:v>
+        <x:v>550745</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
-        <x:v>38779</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>542189</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>715</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>38778</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>542192</x:v>
+        <x:v>549330</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
-        <x:v>40897</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>275</x:v>
-[...1 lines deleted...]
-      <x:c r="H546" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H546" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I546" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>605073</x:v>
+        <x:v>603429</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
-        <x:v>40573</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>605595</x:v>
+        <x:v>600221</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
-        <x:v>40573</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>605596</x:v>
+        <x:v>558745</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>715</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>550915</x:v>
+        <x:v>506857</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
-        <x:v>37579</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
-        <x:v>198</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>605775</x:v>
+        <x:v>506860</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
-        <x:v>35435</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>31009</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>549374</x:v>
+        <x:v>568840</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>268</x:v>
-[...1 lines deleted...]
-      <x:c r="H552" s="14" t="s"/>
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="H552" s="14" t="s">
+        <x:v>490</x:v>
+      </x:c>
       <x:c r="I552" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>720</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>549515</x:v>
+        <x:v>614700</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
-        <x:v>40897</x:v>
+        <x:v>38117</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>549714</x:v>
+        <x:v>557047</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>549713</x:v>
+        <x:v>607731</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>283</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C555" s="3" t="s"/>
       <x:c r="D555" s="3" t="s"/>
-      <x:c r="E555" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>508</x:v>
-[...2 lines deleted...]
-        <x:v>83</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>608109</x:v>
+        <x:v>602354</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>640</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="C556" s="15" t="s"/>
       <x:c r="D556" s="15" t="s"/>
-      <x:c r="E556" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>302</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J556" s="14" t="s"/>
       <x:c r="K556" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31030</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>608662</x:v>
+        <x:v>608150</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>367</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C557" s="3" t="s"/>
       <x:c r="D557" s="3" t="s"/>
-      <x:c r="E557" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>330</x:v>
-[...2 lines deleted...]
-        <x:v>331</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>332</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>31009</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>446095</x:v>
+        <x:v>601208</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
-        <x:v>35511</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
-      <x:c r="E558" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
-        <x:v>31011</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>453836</x:v>
+        <x:v>596939</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>37346</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
-      <x:c r="E559" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>724</x:v>
-[...2 lines deleted...]
-        <x:v>561</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>556634</x:v>
+        <x:v>596940</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
-        <x:v>38105</x:v>
+        <x:v>40612</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
-      <x:c r="E560" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>557851</x:v>
+        <x:v>592577</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>283</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="C561" s="3" t="s"/>
       <x:c r="D561" s="3" t="s"/>
-      <x:c r="E561" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>555</x:v>
-[...2 lines deleted...]
-        <x:v>556</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>508</x:v>
-[...2 lines deleted...]
-        <x:v>83</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>558640</x:v>
+        <x:v>592580</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
-        <x:v>35078</x:v>
+        <x:v>37929</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
-      <x:c r="E562" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>11031</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>506862</x:v>
+        <x:v>597136</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="C563" s="3" t="s"/>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="F563" s="0" t="s">
+        <x:v>599</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="H563" s="0" t="s">
+        <x:v>601</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>212</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>550953</x:v>
+        <x:v>583894</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>35435</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="H564" s="14" t="s"/>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H564" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
       <x:c r="I564" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>551039</x:v>
+        <x:v>504739</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>38778</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>549737</x:v>
+        <x:v>542186</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
-        <x:v>39586</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>549757</x:v>
+        <x:v>542189</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>549758</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>552931</x:v>
+        <x:v>605073</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>729</x:v>
+        <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>500794</x:v>
+        <x:v>605595</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
-        <x:v>35435</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>330</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
-        <x:v>31009</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>471084</x:v>
+        <x:v>605596</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>730</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
-        <x:v>37579</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>198</x:v>
-[...2 lines deleted...]
-        <x:v>199</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>501632</x:v>
+        <x:v>550915</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
-        <x:v>34568</x:v>
+        <x:v>37579</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="H572" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H572" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="I572" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>534939</x:v>
+        <x:v>605775</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
-        <x:v>37579</x:v>
+        <x:v>35435</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="E573" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>555740</x:v>
+        <x:v>549374</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
-        <x:v>36075</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>509550</x:v>
+        <x:v>549515</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
+      <x:c r="E575" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>615894</x:v>
+        <x:v>549714</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="C576" s="15" t="s"/>
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="C576" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D576" s="15" t="s"/>
-      <x:c r="E576" s="14" t="s"/>
+      <x:c r="E576" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J576" s="14" t="s"/>
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="J576" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K576" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>602376</x:v>
+        <x:v>549713</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C577" s="3" t="s"/>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C577" s="3" t="n">
+        <x:v>37488</x:v>
+      </x:c>
       <x:c r="D577" s="3" t="s"/>
+      <x:c r="E577" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="J577" s="0" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>602391</x:v>
+        <x:v>608109</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C578" s="15" t="s"/>
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="C578" s="15" t="n">
+        <x:v>40246</x:v>
+      </x:c>
       <x:c r="D578" s="15" t="s"/>
-      <x:c r="E578" s="14" t="s"/>
+      <x:c r="E578" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J578" s="14" t="s"/>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="J578" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K578" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>602397</x:v>
+        <x:v>608662</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C579" s="3" t="s"/>
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C579" s="3" t="n">
+        <x:v>35435</x:v>
+      </x:c>
       <x:c r="D579" s="3" t="s"/>
+      <x:c r="E579" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G579" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="J579" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>602400</x:v>
+        <x:v>446095</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C580" s="15" t="s"/>
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="C580" s="15" t="n">
+        <x:v>35511</x:v>
+      </x:c>
       <x:c r="D580" s="15" t="s"/>
-      <x:c r="E580" s="14" t="s"/>
+      <x:c r="E580" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I580" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J580" s="14" t="s"/>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="J580" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K580" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31011</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>602415</x:v>
+        <x:v>453836</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C581" s="3" t="s"/>
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="C581" s="3" t="n">
+        <x:v>37346</x:v>
+      </x:c>
       <x:c r="D581" s="3" t="s"/>
+      <x:c r="E581" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G581" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="J581" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>602418</x:v>
+        <x:v>556634</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>38105</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
-      <x:c r="E582" s="14" t="s"/>
+      <x:c r="E582" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>591931</x:v>
+        <x:v>557851</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
-        <x:v>39003</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
+      <x:c r="E583" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="H583" s="0" t="s">
+        <x:v>556</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
-        <x:v>24356</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>591934</x:v>
+        <x:v>558640</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>429</x:v>
-[...1 lines deleted...]
-      <x:c r="C584" s="15" t="s"/>
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="C584" s="15" t="n">
+        <x:v>35078</x:v>
+      </x:c>
       <x:c r="D584" s="15" t="s"/>
-      <x:c r="E584" s="14" t="s"/>
+      <x:c r="E584" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>430</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
-        <x:v>432</x:v>
-[...1 lines deleted...]
-      <x:c r="J584" s="14" t="s"/>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J584" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K584" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
-        <x:v>31002</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>611209</x:v>
+        <x:v>506862</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
+      <x:c r="E585" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G585" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>592354</x:v>
+        <x:v>550953</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
-      <x:c r="E586" s="14" t="s"/>
+      <x:c r="E586" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
-        <x:v>592359</x:v>
+        <x:v>551039</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
-        <x:v>35284</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
+      <x:c r="E587" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G587" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
-        <x:v>595213</x:v>
+        <x:v>549737</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
-        <x:v>731</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
-        <x:v>40288</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
-      <x:c r="E588" s="14" t="s"/>
+      <x:c r="E588" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
-        <x:v>592404</x:v>
+        <x:v>549757</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>229</x:v>
-[...1 lines deleted...]
-      <x:c r="C589" s="3" t="s"/>
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="C589" s="3" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D589" s="3" t="s"/>
+      <x:c r="E589" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J589" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
-        <x:v>608591</x:v>
+        <x:v>549758</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C590" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C590" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D590" s="15" t="s"/>
-      <x:c r="E590" s="14" t="s"/>
+      <x:c r="E590" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J590" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J590" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K590" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>613168</x:v>
+        <x:v>552931</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C591" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C591" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D591" s="3" t="s"/>
+      <x:c r="E591" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G591" s="0" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-        <x:v>49</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="J591" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
-        <x:v>613173</x:v>
+        <x:v>500794</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>619</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C592" s="15" t="s"/>
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C592" s="15" t="n">
+        <x:v>35435</x:v>
+      </x:c>
       <x:c r="D592" s="15" t="s"/>
-      <x:c r="E592" s="14" t="s"/>
+      <x:c r="E592" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I592" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J592" s="14" t="s"/>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="J592" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K592" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
-        <x:v>613174</x:v>
+        <x:v>471084</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C593" s="3" t="s"/>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C593" s="3" t="n">
+        <x:v>37579</x:v>
+      </x:c>
       <x:c r="D593" s="3" t="s"/>
+      <x:c r="E593" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="J593" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>613190</x:v>
+        <x:v>501632</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C594" s="15" t="s"/>
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C594" s="15" t="n">
+        <x:v>34568</x:v>
+      </x:c>
       <x:c r="D594" s="15" t="s"/>
-      <x:c r="E594" s="14" t="s"/>
+      <x:c r="E594" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J594" s="14" t="s"/>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="J594" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K594" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
-        <x:v>613194</x:v>
+        <x:v>534939</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="C595" s="3" t="s"/>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C595" s="3" t="n">
+        <x:v>37579</x:v>
+      </x:c>
       <x:c r="D595" s="3" t="s"/>
+      <x:c r="E595" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="J595" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>613199</x:v>
+        <x:v>555740</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
-        <x:v>177</x:v>
-[...1 lines deleted...]
-      <x:c r="C596" s="15" t="s"/>
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C596" s="15" t="n">
+        <x:v>36075</x:v>
+      </x:c>
       <x:c r="D596" s="15" t="s"/>
-      <x:c r="E596" s="14" t="s"/>
+      <x:c r="E596" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
-        <x:v>437</x:v>
-[...1 lines deleted...]
-      <x:c r="J596" s="14" t="s"/>
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="J596" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K596" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>592936</x:v>
+        <x:v>509550</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="C597" s="3" t="s"/>
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="C597" s="3" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-        <x:v>49</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="J597" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>603862</x:v>
+        <x:v>615894</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C598" s="15" t="s"/>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
-        <x:v>244</x:v>
-[...1 lines deleted...]
-      <x:c r="H598" s="14" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H598" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="I598" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s"/>
       <x:c r="K598" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>517112</x:v>
+        <x:v>602376</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>732</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>613438</x:v>
+        <x:v>602391</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C600" s="15" t="s"/>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I600" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s"/>
       <x:c r="K600" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>613457</x:v>
+        <x:v>602397</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C601" s="3" t="s"/>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H601" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
-        <x:v>594655</x:v>
+        <x:v>602400</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C602" s="15" t="s"/>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s"/>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
-        <x:v>736</x:v>
-[...1 lines deleted...]
-      <x:c r="H602" s="14" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H602" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="I602" s="16" t="s">
-        <x:v>737</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s"/>
       <x:c r="K602" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
-        <x:v>736</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
-        <x:v>737</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
-        <x:v>594656</x:v>
+        <x:v>602415</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C603" s="3" t="s"/>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="G603" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H603" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
-        <x:v>739</x:v>
-[...2 lines deleted...]
-        <x:v>83</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
-        <x:v>594667</x:v>
+        <x:v>602418</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="C604" s="15" t="s"/>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C604" s="15" t="n">
+        <x:v>39003</x:v>
+      </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s"/>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
-        <x:v>740</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>742</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>594674</x:v>
+        <x:v>591931</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="C605" s="3" t="s"/>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C605" s="3" t="n">
+        <x:v>39003</x:v>
+      </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
-        <x:v>744</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
-        <x:v>594685</x:v>
+        <x:v>591934</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C606" s="15" t="s"/>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
-        <x:v>746</x:v>
-[...1 lines deleted...]
-      <x:c r="H606" s="14" t="s"/>
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="H606" s="14" t="s">
+        <x:v>431</x:v>
+      </x:c>
       <x:c r="I606" s="16" t="s">
-        <x:v>747</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="J606" s="14" t="s"/>
       <x:c r="K606" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
-        <x:v>747</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
-        <x:v>748</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
-        <x:v>594690</x:v>
+        <x:v>611209</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>145</x:v>
-[...1 lines deleted...]
-      <x:c r="C607" s="3" t="s"/>
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C607" s="3" t="n">
+        <x:v>40116</x:v>
+      </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
-        <x:v>146</x:v>
-[...2 lines deleted...]
-        <x:v>147</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
-        <x:v>571008</x:v>
+        <x:v>592354</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="C608" s="15" t="s"/>
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C608" s="15" t="n">
+        <x:v>40116</x:v>
+      </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s"/>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="J608" s="14" t="s"/>
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="J608" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K608" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>500135</x:v>
+        <x:v>592359</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C609" s="3" t="s"/>
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C609" s="3" t="n">
+        <x:v>35284</x:v>
+      </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="G609" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="J609" s="0" t="s">
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>612626</x:v>
+        <x:v>595213</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="C610" s="15" t="s"/>
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="C610" s="15" t="n">
+        <x:v>40288</x:v>
+      </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s"/>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J610" s="14" t="s"/>
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="J610" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K610" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
-        <x:v>612631</x:v>
+        <x:v>592404</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C611" s="3" t="s"/>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
-        <x:v>612634</x:v>
+        <x:v>608591</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C612" s="15" t="s"/>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s"/>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
-        <x:v>173</x:v>
-[...1 lines deleted...]
-      <x:c r="H612" s="14" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H612" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="I612" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s"/>
       <x:c r="K612" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
-        <x:v>576521</x:v>
+        <x:v>613168</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
-        <x:v>749</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>750</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C613" s="3" t="s"/>
       <x:c r="D613" s="3" t="s"/>
-      <x:c r="E613" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G613" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H613" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
-        <x:v>259</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>605581</x:v>
+        <x:v>613173</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>373</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C614" s="15" t="s"/>
       <x:c r="D614" s="15" t="s"/>
-      <x:c r="E614" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="H614" s="14" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H614" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="I614" s="16" t="s">
-        <x:v>212</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J614" s="14" t="s"/>
       <x:c r="K614" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
-        <x:v>550745</x:v>
+        <x:v>613174</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>685</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C615" s="3" t="s"/>
       <x:c r="D615" s="3" t="s"/>
-      <x:c r="E615" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G615" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H615" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
-        <x:v>212</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>550910</x:v>
+        <x:v>613190</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>643</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C616" s="15" t="s"/>
       <x:c r="D616" s="15" t="s"/>
-      <x:c r="E616" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
-        <x:v>317</x:v>
-[...1 lines deleted...]
-      <x:c r="H616" s="14" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H616" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="I616" s="16" t="s">
-        <x:v>318</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J616" s="14" t="s"/>
       <x:c r="K616" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
-        <x:v>31010</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>549330</x:v>
+        <x:v>613194</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>305</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C617" s="3" t="s"/>
       <x:c r="D617" s="3" t="s"/>
-      <x:c r="E617" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G617" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
-        <x:v>220</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>603429</x:v>
+        <x:v>613199</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
-        <x:v>484</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="C618" s="15" t="s"/>
       <x:c r="D618" s="15" t="s"/>
-      <x:c r="E618" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
-        <x:v>318</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="J618" s="14" t="s"/>
       <x:c r="K618" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>600221</x:v>
+        <x:v>592936</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C619" s="3" t="s"/>
       <x:c r="D619" s="3" t="s"/>
-      <x:c r="E619" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G619" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H619" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
-        <x:v>285</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
-        <x:v>705</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>558745</x:v>
+        <x:v>603862</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
-        <x:v>753</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C620" s="15" t="s"/>
       <x:c r="D620" s="15" t="s"/>
-      <x:c r="E620" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
-        <x:v>39</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="J620" s="14" t="s"/>
       <x:c r="K620" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
-        <x:v>506857</x:v>
+        <x:v>517112</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
-        <x:v>754</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>755</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C621" s="3" t="s"/>
       <x:c r="D621" s="3" t="s"/>
-      <x:c r="E621" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G621" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H621" s="0" t="s">
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
-        <x:v>39</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>506860</x:v>
+        <x:v>613438</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>408</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C622" s="15" t="s"/>
       <x:c r="D622" s="15" t="s"/>
-      <x:c r="E622" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I622" s="16" t="s">
-        <x:v>410</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J622" s="14" t="s"/>
       <x:c r="K622" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
-        <x:v>568840</x:v>
+        <x:v>613457</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C623" s="3" t="s"/>
       <x:c r="D623" s="3" t="s"/>
-      <x:c r="E623" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G623" s="0" t="s">
-        <x:v>489</x:v>
-[...2 lines deleted...]
-        <x:v>490</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
-        <x:v>332</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>614700</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>474</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C624" s="15" t="s"/>
       <x:c r="D624" s="15" t="s"/>
-      <x:c r="E624" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
-        <x:v>450</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="J624" s="14" t="s"/>
       <x:c r="K624" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>557047</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C625" s="3" t="s"/>
       <x:c r="D625" s="3" t="s"/>
-      <x:c r="E625" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G625" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="Q625" s="4" t="s">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="Q625" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R625" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>607731</x:v>
+        <x:v>594667</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C626" s="15" t="s"/>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s"/>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
-        <x:v>48</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
-        <x:v>50</x:v>
-[...1 lines deleted...]
-      <x:c r="J626" s="14" t="s"/>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="J626" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="K626" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>602354</x:v>
+        <x:v>594674</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C627" s="3" t="s"/>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>763</x:v>
+      </x:c>
+      <x:c r="J627" s="0" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
-        <x:v>31030</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>608150</x:v>
+        <x:v>594685</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C628" s="15" t="s"/>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
-        <x:v>759</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
-        <x:v>760</x:v>
-[...1 lines deleted...]
-      <x:c r="J628" s="14" t="s"/>
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="J628" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="K628" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
-        <x:v>759</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
-        <x:v>760</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>761</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>601208</x:v>
+        <x:v>594690</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>255</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C629" s="3" t="s"/>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H629" s="0" t="s">
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>596939</x:v>
+        <x:v>571008</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
-        <x:v>255</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C630" s="15" t="s"/>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="J630" s="14" t="s"/>
       <x:c r="K630" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>596940</x:v>
+        <x:v>500135</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>542</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C631" s="3" t="s"/>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>544</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>592577</x:v>
+        <x:v>612626</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>652</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C632" s="15" t="s"/>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s"/>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s"/>
       <x:c r="K632" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>592580</x:v>
+        <x:v>612631</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>766</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C633" s="3" t="s"/>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="G633" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
-        <x:v>344</x:v>
-[...2 lines deleted...]
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
-        <x:v>11031</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>597136</x:v>
+        <x:v>612634</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C634" s="15" t="s"/>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s"/>
       <x:c r="K634" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
@@ -40028,51 +40030,51 @@
       <x:c r="M673" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>31057</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>559244</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I674" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
@@ -40208,438 +40210,437 @@
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>599305</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
-        <x:v>39485</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
-        <x:v>11052</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
-        <x:v>597722</x:v>
+        <x:v>558368</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
-        <x:v>802</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
-        <x:v>803</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
-        <x:v>40573</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
-        <x:v>258</x:v>
-[...1 lines deleted...]
-      <x:c r="H678" s="14" t="s"/>
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="H678" s="14" t="s">
+        <x:v>776</x:v>
+      </x:c>
       <x:c r="I678" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K678" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
-        <x:v>584272</x:v>
+        <x:v>579573</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
-        <x:v>574913</x:v>
+        <x:v>574908</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
-        <x:v>780</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
-        <x:v>791</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
-        <x:v>140</x:v>
-[...1 lines deleted...]
-      <x:c r="H680" s="14" t="s"/>
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="H680" s="14" t="s">
+        <x:v>776</x:v>
+      </x:c>
       <x:c r="I680" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
-        <x:v>558368</x:v>
+        <x:v>574957</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
-        <x:v>39490</x:v>
+        <x:v>39485</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="G681" s="0" t="s">
-        <x:v>775</x:v>
-[...2 lines deleted...]
-        <x:v>776</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="S681" s="0" t="n">
+        <x:v>597722</x:v>
+      </x:c>
+      <x:c r="T681" s="4" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="U681" s="4" t="s">
         <x:v>808</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s"/>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
-        <x:v>775</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H682" s="14" t="s"/>
       <x:c r="I682" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K682" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R682" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
-        <x:v>574908</x:v>
+        <x:v>584272</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H683" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
-        <x:v>574957</x:v>
+        <x:v>574913</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s"/>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s">
@@ -41054,51 +41055,51 @@
       <x:c r="M691" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>559218</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I692" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
@@ -41518,51 +41519,51 @@
       </x:c>
       <x:c r="P699" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
         <x:v>610847</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
         <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
-        <x:v>803</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C700" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D700" s="15" t="s"/>
       <x:c r="E700" s="14" t="s"/>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H700" s="14" t="s"/>
       <x:c r="I700" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J700" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K700" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
         <x:v>29</x:v>
@@ -41575,51 +41576,51 @@
       </x:c>
       <x:c r="P700" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
         <x:v>584264</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="G701" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>30854</x:v>
@@ -41629,391 +41630,391 @@
       </x:c>
       <x:c r="P701" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
         <x:v>584269</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
-        <x:v>39775</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="I702" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K702" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
-        <x:v>31025</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
-        <x:v>578624</x:v>
+        <x:v>579574</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
-        <x:v>782</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H703" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
-        <x:v>807</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
-        <x:v>579574</x:v>
+        <x:v>579575</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
-        <x:v>832</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
-        <x:v>39490</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I704" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K704" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
-        <x:v>807</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
-        <x:v>808</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
-        <x:v>579575</x:v>
+        <x:v>574909</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>40807</x:v>
       </x:c>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H705" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31023</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
-        <x:v>574909</x:v>
+        <x:v>580913</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
-        <x:v>40807</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I706" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K706" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
-        <x:v>31023</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
-        <x:v>684</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
-        <x:v>834</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
-        <x:v>580913</x:v>
+        <x:v>574959</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H707" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
-        <x:v>574959</x:v>
+        <x:v>578624</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
       <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="I708" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s">
@@ -42082,51 +42083,51 @@
       <x:c r="M709" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
         <x:v>543571</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I710" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s">
@@ -42822,51 +42823,51 @@
       <x:c r="M722" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
         <x:v>562795</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
-        <x:v>729</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="G723" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -42876,51 +42877,51 @@
       <x:c r="M723" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
         <x:v>543577</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
-        <x:v>729</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C724" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I724" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J724" s="14" t="s">
@@ -43000,82 +43001,82 @@
       </x:c>
       <x:c r="P725" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
         <x:v>615688</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
-        <x:v>800</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C726" s="15" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s"/>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="H726" s="14" t="s"/>
       <x:c r="I726" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="J726" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K726" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L726" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M726" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N726" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O726" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="P726" s="14" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="Q726" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R726" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S726" s="14" t="n">
         <x:v>578115</x:v>
       </x:c>
       <x:c r="T726" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="U726" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:21">
       <x:c r="A727" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
@@ -43207,51 +43208,51 @@
       <x:c r="J729" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M729" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N729" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O729" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P729" s="0" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q729" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R729" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="S729" s="0" t="n">
         <x:v>590249</x:v>
       </x:c>
       <x:c r="T729" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U729" s="4" t="s">
         <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:21">
       <x:c r="A730" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B730" s="14" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C730" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D730" s="15" t="s"/>
       <x:c r="E730" s="14" t="s"/>
       <x:c r="F730" s="14" t="s"/>
       <x:c r="G730" s="14" t="s">
@@ -43440,51 +43441,51 @@
       <x:c r="L733" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
         <x:v>616834</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="C734" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s"/>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H734" s="14" t="s"/>
       <x:c r="I734" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -44059,51 +44060,51 @@
       <x:c r="L744" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M744" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N744" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O744" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
         <x:v>580870</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="C745" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D745" s="3" t="s"/>
       <x:c r="G745" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J745" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -44351,51 +44352,51 @@
       </x:c>
       <x:c r="P749" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
         <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
-        <x:v>803</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C750" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H750" s="14" t="s"/>
       <x:c r="I750" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J750" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K750" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L750" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>29</x:v>
@@ -44408,51 +44409,51 @@
       </x:c>
       <x:c r="P750" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
         <x:v>584265</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C751" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D751" s="3" t="s"/>
       <x:c r="G751" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J751" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
         <x:v>30854</x:v>
@@ -44585,76 +44586,76 @@
       </x:c>
       <x:c r="S753" s="0" t="n">
         <x:v>578626</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C754" s="15" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D754" s="15" t="s"/>
       <x:c r="E754" s="14" t="s"/>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="H754" s="14" t="s"/>
       <x:c r="I754" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J754" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K754" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L754" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M754" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
         <x:v>553598</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
         <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C755" s="3" t="n">
@@ -45416,51 +45417,51 @@
       <x:c r="L768" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M768" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N768" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O768" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P768" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="Q768" s="16" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="R768" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="S768" s="14" t="n">
         <x:v>613589</x:v>
       </x:c>
       <x:c r="T768" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="U768" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:21">
       <x:c r="A769" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="C769" s="3" t="n">
         <x:v>40246</x:v>
       </x:c>
       <x:c r="D769" s="3" t="s"/>
       <x:c r="G769" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="I769" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J769" s="0" t="s">
         <x:v>40</x:v>
       </x:c>