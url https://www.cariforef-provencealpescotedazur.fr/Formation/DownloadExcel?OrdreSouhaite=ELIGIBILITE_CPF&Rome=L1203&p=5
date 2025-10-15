--- v0 (2025-10-15)
+++ v1 (2025-10-15)
@@ -635,57 +635,57 @@
   <x:si>
     <x:t>L'acteur face à 5 directeurs de casting et 5 agents artistiques</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>L'acteur, l'actrice sous la direction de 5 réalisateurs, réalisatrices</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le cosmos est ton campement : bâtissez les mondes dont vos fictions ont besoin</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-GENIEZ</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire de lettres (2e année ENS Ulm) théâtre</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cours professionnel théâtre corporel - pédagogie 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>classe préparatoire de lettres (2e année ENS Ulm) théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Acting in English by Milton Justice</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Approfondir la pédagogie Jacques Lecoq</x:t>
   </x:si>
@@ -3296,299 +3296,299 @@
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>592273</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>569874</x:v>
+        <x:v>594037</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>45022</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>594037</x:v>
+        <x:v>593239</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>593239</x:v>
+        <x:v>593240</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>593240</x:v>
+        <x:v>595741</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>45022</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>595741</x:v>
+        <x:v>569874</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">