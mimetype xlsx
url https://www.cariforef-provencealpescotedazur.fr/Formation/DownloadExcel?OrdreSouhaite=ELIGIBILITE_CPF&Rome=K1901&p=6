--- v0 (2026-03-31)
+++ v1 (2026-03-31)
@@ -458,90 +458,90 @@
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit parcours droit des affaires appliqué</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention justice, procès et procédures parcours procédures civiles d'exécution</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit notarial parcours carrière notariale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention droit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clerc assistant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours droit et pratique des contentieux publics</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit notarial parcours droit public notarial</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours pratique du droit des étrangers</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention administration et liquidation d'entreprises en difficulté parcours entreprises en difficulté</x:t>
   </x:si>
@@ -2839,329 +2839,330 @@
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>576298</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="B33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38170</x:v>
+        <x:v>38198</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>13261</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>572393</x:v>
+        <x:v>580925</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38198</x:v>
+        <x:v>38973</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>13219</x:v>
+        <x:v>13275</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>580925</x:v>
+        <x:v>576321</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38973</x:v>
+        <x:v>38186</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>13275</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>576321</x:v>
+        <x:v>587478</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>38186</x:v>
+        <x:v>41134</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>13254</x:v>
+        <x:v>13266</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="S36" s="14" t="n">
+        <x:v>617101</x:v>
+      </x:c>
+      <x:c r="T36" s="16" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>41134</x:v>
+        <x:v>38170</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>13266</x:v>
+        <x:v>13261</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>617101</x:v>
+        <x:v>572393</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
@@ -3187,51 +3188,51 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>576338</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
@@ -3360,51 +3361,51 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>580924</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -3426,93 +3427,93 @@
       <x:c r="R42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>576293</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="R43" s="0" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>587480</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -3533,51 +3534,51 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>611986</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
@@ -3715,101 +3716,101 @@
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>576341</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="Q48" s="16" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="R48" s="14" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>598413</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>80</x:v>
@@ -3881,102 +3882,102 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>576299</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>597793</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>129</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -3991,51 +3992,51 @@
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>581230</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>