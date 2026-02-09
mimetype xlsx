--- v2 (2026-02-09)
+++ v3 (2026-02-09)
@@ -1292,197 +1292,197 @@
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dépannage et maintenance d'un système thermodynamique</x:t>
   </x:si>
   <x:si>
     <x:t>Génie climatique</x:t>
   </x:si>
   <x:si>
+    <x:t>LP les Alpilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques BS - BE - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel plombier chauffagiste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel technicien d'installation et de maintenance de piscines (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 11ème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques BS - BE manoeuvre - H0V - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent polyvalent de maintenance des bâtiments (POEC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bâtiment second oeuvre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP A Beau de Rochas</x:t>
   </x:si>
   <x:si>
-    <x:t>02/10/2026 00:00:00</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>Athéna Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
-    <x:t>05/04/2026 00:00:00</x:t>
-[...82 lines deleted...]
-  <x:si>
     <x:t>France Formation Sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>FFS</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques BS - BE manoeuvre - H0V</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques BS - BE - HE manoeuvre - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>LP P et L Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
@@ -1640,50 +1640,53 @@
   <x:si>
     <x:t>01/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Installateur en thermique et sanitaire (TP ITS)</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Plombier-chauffagiste</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien d'installation en équipements de confort climatique</x:t>
   </x:si>
   <x:si>
+    <x:t>Installateur de pompe à chaleur</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel installateur en thermique et sanitaire - Compétences climat construction durable</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel installateur en thermique et sanitaire (FTJ)</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
@@ -1745,99 +1748,96 @@
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO ICCER - Installateur en Chauffage, Climatisation et Energies Renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Installateur de pompe à chaleur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel installateur en thermique et sanitaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + SSIAP 1 - diplôme d'agent de service + habilitations électriques BE - BS (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>Equipe d'Avenir</x:t>
   </x:si>
   <x:si>
     <x:t>EA</x:t>
   </x:si>
   <x:si>
     <x:t>97200</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Titre professionnel installateur en thermique et sanitaire</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel installateur en thermique et sanitaire - Compétences climat RGE</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
@@ -12444,1771 +12444,1779 @@
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>608904</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>596322</x:v>
+        <x:v>596323</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>254</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>596327</x:v>
+        <x:v>586832</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>597890</x:v>
+        <x:v>586833</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>586832</x:v>
+        <x:v>609992</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>586833</x:v>
+        <x:v>615144</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
+      <x:c r="E183" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F183" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>609992</x:v>
+        <x:v>613027</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>81</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>232</x:v>
-[...1 lines deleted...]
-      <x:c r="C184" s="15" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C184" s="15" t="n">
+        <x:v>35845</x:v>
+      </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s"/>
+      <x:c r="E184" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>615144</x:v>
+        <x:v>448802</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>495924</x:v>
+        <x:v>552886</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>81</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>412</x:v>
-[...1 lines deleted...]
-      <x:c r="C186" s="15" t="s"/>
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C186" s="15" t="n">
+        <x:v>37291</x:v>
+      </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
-        <x:v>322</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>613027</x:v>
+        <x:v>551896</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>448802</x:v>
+        <x:v>548819</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>552886</x:v>
+        <x:v>566839</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>37291</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>288</x:v>
-[...2 lines deleted...]
-        <x:v>289</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>551896</x:v>
+        <x:v>604008</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>548819</x:v>
+        <x:v>604012</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>566839</x:v>
+        <x:v>604023</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>604008</x:v>
+        <x:v>604040</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>39297</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>604012</x:v>
+        <x:v>604041</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="H194" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H194" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>604023</x:v>
+        <x:v>587264</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>604040</x:v>
+        <x:v>605966</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="H196" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H196" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>604041</x:v>
+        <x:v>610266</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>587264</x:v>
+        <x:v>548212</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>605966</x:v>
+        <x:v>548236</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>610266</x:v>
+        <x:v>604243</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>548212</x:v>
+        <x:v>495924</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>37291</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>548236</x:v>
+        <x:v>604388</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>604243</x:v>
+        <x:v>455013</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>37291</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>604388</x:v>
+        <x:v>605519</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>455013</x:v>
+        <x:v>591788</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>605519</x:v>
+        <x:v>503127</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>154</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>591788</x:v>
+        <x:v>503292</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>503127</x:v>
+        <x:v>603189</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
@@ -14217,3090 +14225,3083 @@
       <x:c r="K208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>503292</x:v>
+        <x:v>603193</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>603189</x:v>
+        <x:v>603261</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>603193</x:v>
+        <x:v>603387</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>240</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
-      <x:c r="E211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>603261</x:v>
+        <x:v>574465</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>603387</x:v>
+        <x:v>605509</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
+      <x:c r="E213" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F213" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="K213" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="L213" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="M213" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N213" s="3" t="n">
+        <x:v>22675</x:v>
+      </x:c>
+      <x:c r="O213" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="P213" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="Q213" s="4" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="R213" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="S213" s="0" t="n">
+        <x:v>614734</x:v>
+      </x:c>
+      <x:c r="T213" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="J213" s="0" t="s">
-[...23 lines deleted...]
-      <x:c r="R213" s="0" t="s">
+      <x:c r="U213" s="4" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>81</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>236</x:v>
-[...1 lines deleted...]
-      <x:c r="C214" s="15" t="s"/>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C214" s="15" t="n">
+        <x:v>38305</x:v>
+      </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>610935</x:v>
+        <x:v>593093</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
-      <x:c r="E215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>605509</x:v>
+        <x:v>605150</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E216" s="14" t="s"/>
+      <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>323</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>325</x:v>
-[...1 lines deleted...]
-      <x:c r="J216" s="14" t="s"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J216" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>22675</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>614734</x:v>
+        <x:v>597941</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>254</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="Q217" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="R217" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="S217" s="0" t="n">
+        <x:v>597952</x:v>
+      </x:c>
+      <x:c r="T217" s="4" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="U217" s="4" t="s">
         <x:v>430</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>574465</x:v>
+        <x:v>597953</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>597941</x:v>
+        <x:v>597965</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>49</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>597952</x:v>
+        <x:v>607196</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>597953</x:v>
+        <x:v>607201</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>49</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22654</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>597965</x:v>
+        <x:v>608908</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
+      <x:c r="E223" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F223" s="0" t="s">
+        <x:v>433</x:v>
+      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>24162</x:v>
+        <x:v>22454</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>607196</x:v>
+        <x:v>602490</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
-      <x:c r="E224" s="14" t="s"/>
-      <x:c r="F224" s="14" t="s"/>
+      <x:c r="E224" s="14" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F224" s="14" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="G224" s="14" t="s">
-        <x:v>315</x:v>
-[...1 lines deleted...]
-      <x:c r="H224" s="14" t="s"/>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
+        <x:v>324</x:v>
+      </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>316</x:v>
-[...1 lines deleted...]
-      <x:c r="J224" s="14" t="s"/>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="J224" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>24162</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>607201</x:v>
+        <x:v>613016</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>405</x:v>
-[...1 lines deleted...]
-      <x:c r="C225" s="3" t="s"/>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C225" s="3" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D225" s="3" t="s"/>
+      <x:c r="E225" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="J225" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>22654</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>608908</x:v>
+        <x:v>544844</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>81</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>435</x:v>
-[...1 lines deleted...]
-      <x:c r="C226" s="15" t="s"/>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C226" s="15" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
-        <x:v>322</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="J226" s="14" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J226" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>22454</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>602490</x:v>
+        <x:v>587263</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>412</x:v>
-[...1 lines deleted...]
-      <x:c r="C227" s="3" t="s"/>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C227" s="3" t="n">
+        <x:v>38726</x:v>
+      </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
-        <x:v>322</x:v>
-[...2 lines deleted...]
-        <x:v>185</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>323</x:v>
-[...2 lines deleted...]
-        <x:v>324</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>613016</x:v>
+        <x:v>503592</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>39223</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>101</x:v>
-[...1 lines deleted...]
-      <x:c r="H228" s="14" t="s"/>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s">
+        <x:v>375</x:v>
+      </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22675</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>544844</x:v>
+        <x:v>602879</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>587263</x:v>
+        <x:v>547661</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="H230" s="14" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>503592</x:v>
+        <x:v>498586</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>39223</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>374</x:v>
-[...2 lines deleted...]
-        <x:v>375</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>22675</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>602879</x:v>
+        <x:v>494771</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>39297</x:v>
+        <x:v>37919</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>364</x:v>
-[...1 lines deleted...]
-      <x:c r="H232" s="14" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>24147</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>547661</x:v>
+        <x:v>556787</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>498586</x:v>
+        <x:v>577595</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38339</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>364</x:v>
-[...1 lines deleted...]
-      <x:c r="H234" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>494771</x:v>
+        <x:v>608247</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>37919</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>556787</x:v>
+        <x:v>455014</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>154</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>155</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
-      <x:c r="E236" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>577595</x:v>
+        <x:v>607199</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>38339</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>608247</x:v>
+        <x:v>585084</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>455014</x:v>
+        <x:v>605508</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>314</x:v>
-[...1 lines deleted...]
-      <x:c r="C239" s="3" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C239" s="3" t="n">
+        <x:v>38305</x:v>
+      </x:c>
       <x:c r="D239" s="3" t="s"/>
+      <x:c r="E239" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="J239" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>24162</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>607199</x:v>
+        <x:v>548283</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>154</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>585084</x:v>
+        <x:v>548336</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>605508</x:v>
+        <x:v>548344</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>548283</x:v>
+        <x:v>548387</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>37919</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>548336</x:v>
+        <x:v>548392</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>548344</x:v>
+        <x:v>503337</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>548387</x:v>
+        <x:v>603236</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>37919</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>548392</x:v>
+        <x:v>603237</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>503337</x:v>
+        <x:v>603385</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>603236</x:v>
+        <x:v>557532</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
-      <x:c r="E249" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>603237</x:v>
+        <x:v>569995</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
-      <x:c r="E250" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>603385</x:v>
+        <x:v>605139</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
-      <x:c r="E251" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>557532</x:v>
+        <x:v>605142</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>569995</x:v>
+        <x:v>597964</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>605139</x:v>
+        <x:v>597967</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>605142</x:v>
+        <x:v>597973</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>24162</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>597964</x:v>
+        <x:v>607202</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>597967</x:v>
+        <x:v>598195</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>237</x:v>
-[...1 lines deleted...]
-      <x:c r="C257" s="3" t="s"/>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C257" s="3" t="n">
+        <x:v>35845</x:v>
+      </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>597973</x:v>
+        <x:v>596322</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>81</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>314</x:v>
-[...1 lines deleted...]
-      <x:c r="C258" s="15" t="s"/>
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C258" s="15" t="n">
+        <x:v>35845</x:v>
+      </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>316</x:v>
-[...1 lines deleted...]
-      <x:c r="J258" s="14" t="s"/>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="J258" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>24162</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>607202</x:v>
+        <x:v>596327</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>598195</x:v>
+        <x:v>597890</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
-        <x:v>250</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>251</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>593093</x:v>
+        <x:v>609330</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>605150</x:v>
+        <x:v>610935</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>22654</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>608906</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>457</x:v>
@@ -17444,76 +17445,76 @@
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>574468</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>593096</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
@@ -18299,51 +18300,51 @@
       <x:c r="L281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>598197</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>110</x:v>
@@ -20255,51 +20256,51 @@
       <x:c r="H315" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>613015</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
@@ -22051,93 +22052,93 @@
       <x:c r="L346" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>613408</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>595563</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
@@ -22162,51 +22163,51 @@
       <x:c r="L348" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>600385</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>29</x:v>
@@ -22258,51 +22259,51 @@
         <x:v>316</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>609608</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>49</x:v>
@@ -22646,51 +22647,51 @@
       <x:c r="L357" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>597866</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>110</x:v>
@@ -22753,51 +22754,51 @@
       <x:c r="L359" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>597885</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
@@ -23166,78 +23167,78 @@
       <x:c r="R366" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>579816</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>612082</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
@@ -23275,231 +23276,231 @@
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>554802</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>39873</x:v>
+        <x:v>37508</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22603</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>590766</x:v>
+        <x:v>616614</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G370" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>583867</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>583868</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G372" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>84</x:v>
@@ -23507,222 +23508,222 @@
       <x:c r="L372" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>579798</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>512928</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>39959</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>22672</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>608359</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>535</x:v>
+        <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>590611</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
@@ -23737,119 +23738,119 @@
       <x:c r="L376" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>590617</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>589734</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -23871,93 +23872,93 @@
       <x:c r="R378" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>523517</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>575404</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
@@ -23969,119 +23970,119 @@
       <x:c r="L380" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>571592</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>539608</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>30</x:v>
@@ -24094,458 +24095,458 @@
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>588539</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>583814</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>39357</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G384" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>22454</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>583874</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>576749</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>585910</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>570907</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>570908</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>539619</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
@@ -24557,119 +24558,119 @@
       <x:c r="L390" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>540197</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>540208</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>30</x:v>
@@ -24682,97 +24683,97 @@
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>493634</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>523526</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -24836,62 +24837,62 @@
       <x:c r="L395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>576173</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>30</x:v>
@@ -24944,127 +24945,127 @@
       <x:c r="J397" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>571596</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>572013</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>37508</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>22603</x:v>
@@ -25123,3226 +25124,3231 @@
       <x:c r="M400" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>611211</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>38339</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
+      <x:c r="E401" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F401" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>509788</x:v>
+        <x:v>579796</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>38339</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>439</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>539618</x:v>
+        <x:v>493618</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>38339</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H403" s="0" t="s">
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>493618</x:v>
+        <x:v>575403</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>575403</x:v>
+        <x:v>575406</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>575406</x:v>
+        <x:v>571590</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>571590</x:v>
+        <x:v>585909</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>39959</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22672</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>585909</x:v>
+        <x:v>608363</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>39959</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>22672</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>608363</x:v>
+        <x:v>590765</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>39873</x:v>
+        <x:v>38339</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H409" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>590765</x:v>
+        <x:v>509788</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>569498</x:v>
+        <x:v>539618</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>575485</x:v>
+        <x:v>590766</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
-      <x:c r="E412" s="14" t="s"/>
-      <x:c r="F412" s="14" t="s"/>
+      <x:c r="E412" s="14" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F412" s="14" t="s">
+        <x:v>433</x:v>
+      </x:c>
       <x:c r="G412" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>575486</x:v>
+        <x:v>601743</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>571593</x:v>
+        <x:v>607509</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>574</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
-      <x:c r="E414" s="14" t="s">
-[...2 lines deleted...]
-      <x:c r="F414" s="14" t="s">
+      <x:c r="E414" s="14" t="s"/>
+      <x:c r="F414" s="14" t="s"/>
+      <x:c r="G414" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="G414" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H414" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>601743</x:v>
+        <x:v>569498</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>571</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>39873</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H415" s="0" t="s">
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>607509</x:v>
+        <x:v>575485</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
-      <x:c r="E416" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E416" s="14" t="s"/>
+      <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>579796</x:v>
+        <x:v>575486</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H417" s="0" t="s">
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>578964</x:v>
+        <x:v>571593</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>585916</x:v>
+        <x:v>578964</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>570904</x:v>
+        <x:v>585916</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>579143</x:v>
+        <x:v>570904</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>554800</x:v>
+        <x:v>579143</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
-      <x:c r="E422" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E422" s="14" t="s"/>
+      <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>364</x:v>
-[...1 lines deleted...]
-      <x:c r="H422" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H422" s="14" t="s">
+        <x:v>519</x:v>
+      </x:c>
       <x:c r="I422" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>583759</x:v>
+        <x:v>554800</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>439</x:v>
-[...2 lines deleted...]
-        <x:v>519</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>583869</x:v>
+        <x:v>583759</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G424" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>579797</x:v>
+        <x:v>583869</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
+      <x:c r="E425" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F425" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>577360</x:v>
+        <x:v>579797</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>551778</x:v>
+        <x:v>577360</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>585612</x:v>
+        <x:v>551778</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>571595</x:v>
+        <x:v>585612</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>525926</x:v>
+        <x:v>571595</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>39873</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>508</x:v>
-[...1 lines deleted...]
-      <x:c r="H430" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H430" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I430" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>611214</x:v>
+        <x:v>525926</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>611217</x:v>
+        <x:v>611214</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>612149</x:v>
+        <x:v>611217</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>37291</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H433" s="0" t="s">
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>588535</x:v>
+        <x:v>612149</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>37291</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>575487</x:v>
+        <x:v>588535</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>575488</x:v>
+        <x:v>575487</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>571591</x:v>
+        <x:v>575488</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>571594</x:v>
+        <x:v>571591</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
-        <x:v>39873</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>508</x:v>
-[...1 lines deleted...]
-      <x:c r="H438" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H438" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I438" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>590768</x:v>
+        <x:v>571594</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>37291</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>551770</x:v>
+        <x:v>590768</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>587</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
-        <x:v>39297</x:v>
+        <x:v>37291</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
-        <x:v>24147</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>543719</x:v>
+        <x:v>551770</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
-        <x:v>37644</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
-      <x:c r="E441" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>439</x:v>
-[...2 lines deleted...]
-        <x:v>519</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
-        <x:v>24146</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>583878</x:v>
+        <x:v>543719</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>37644</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
-      <x:c r="E442" s="14" t="s"/>
-      <x:c r="F442" s="14" t="s"/>
+      <x:c r="E442" s="14" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F442" s="14" t="s">
+        <x:v>526</x:v>
+      </x:c>
       <x:c r="G442" s="14" t="s">
-        <x:v>101</x:v>
-[...1 lines deleted...]
-      <x:c r="H442" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H442" s="14" t="s">
+        <x:v>519</x:v>
+      </x:c>
       <x:c r="I442" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24146</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>532552</x:v>
+        <x:v>583878</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>579281</x:v>
+        <x:v>532552</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
-        <x:v>39873</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>508</x:v>
-[...1 lines deleted...]
-      <x:c r="H444" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H444" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I444" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>576174</x:v>
+        <x:v>579281</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>611212</x:v>
+        <x:v>576174</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>611215</x:v>
+        <x:v>611212</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>611218</x:v>
+        <x:v>611215</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>590764</x:v>
+        <x:v>611218</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>590769</x:v>
+        <x:v>590764</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>513138</x:v>
+        <x:v>590769</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>532</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>39959</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H451" s="0" t="s">
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
-        <x:v>22672</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>608365</x:v>
+        <x:v>513138</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>39959</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
-      <x:c r="E452" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E452" s="14" t="s"/>
+      <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22672</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>571259</x:v>
+        <x:v>608365</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
+      <x:c r="E453" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F453" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>570905</x:v>
+        <x:v>571259</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I454" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>570906</x:v>
+        <x:v>570905</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>37508</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H455" s="0" t="s">
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>22603</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>616614</x:v>
+        <x:v>570906</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -28465,62 +28471,62 @@
       <x:c r="L458" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>577363</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>22635</x:v>
@@ -28539,101 +28545,101 @@
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>578965</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I460" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>525865</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>22635</x:v>
@@ -28652,373 +28658,373 @@
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>543686</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>576746</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>575402</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>575405</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>585611</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>585618</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>569497</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
@@ -29099,51 +29105,51 @@
       <x:c r="M469" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>572073</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
@@ -29155,54 +29161,54 @@
       <x:c r="L470" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>540207</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>