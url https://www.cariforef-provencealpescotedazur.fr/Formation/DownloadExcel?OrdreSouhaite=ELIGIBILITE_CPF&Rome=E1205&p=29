--- v2 (2026-02-10)
+++ v3 (2026-02-10)
@@ -1706,50 +1706,53 @@
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>motion designer</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention création numérique</x:t>
   </x:si>
   <x:si>
     <x:t>École des nouvelles images</x:t>
   </x:si>
   <x:si>
     <x:t>After Effects CC 2022 - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel traitement image</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie et mise en page - module 3</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Communication Appliquée</x:t>
   </x:si>
   <x:si>
     <x:t>ICA</x:t>
@@ -1913,53 +1916,50 @@
   <x:si>
     <x:t>Chef de projet digitaux spécialisation création et Digital Design - Spécialité Motion Design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur créatif : 3D Artist &amp; Simulation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation Product Designer UX-UI (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Profil numérique - Développer des compétences numériques pour les entreprises agricoles et agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LOURMARIN</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur artistique avec IA : Brand et Motion Design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation UX/UI et IA pour le design d'interface (Apprentissage)</x:t>
@@ -2417,312 +2417,312 @@
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Création d'un site internet dynamique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale BC 3 Pilotage et mise en œuvre du projet webmarketing et de la communication digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur artistique multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale spécificité gestion de projet web et e-commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère cinéma d'animation 2D</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en création digitale spécialisation UX-UI et IA pour le design d'interface (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMA spécialité arts graphiques option A : signalétique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/17/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>06/18/2026 00:00:00</x:t>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Graphiste webdesigner UI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Graphisme publicité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conception designer UI - module 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illustrator - Niveau 2 - Intermédiaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecrire et monter une séquence magazine TV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vigie Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans , Public de la formation initiale , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Communication visuelle et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom'Art</x:t>
   </x:si>
   <x:si>
     <x:t>Communication entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>concepteur en communication graphique et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire aux études supérieures - Classe d'approfondissement en arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée S Veil</x:t>
   </x:si>
   <x:si>
     <x:t>expert du design numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - systèmes numériques pour le multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
-    <x:t>04/10/2026 00:00:00</x:t>
-[...23 lines deleted...]
-    <x:t>MARSEILLE- 1er</x:t>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Créer son site internet avec Wordpress</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arniaud Consulteam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme de l'École nationale supérieure de la photographie d'Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Nationale Supérieure de la Photographie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENSP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Photographie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3DS Studio Max - Perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Créer des visuels percutants avec Canva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COGOLIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Condé Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Condé Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>manager de la création et du design de marque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme de deuxième cycle supérieur de l'École nationale supérieure de la photographie d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/20/2026 00:00:00</x:t>
-[...77 lines deleted...]
-    <x:t>11/30/2026 00:00:00</x:t>
+    <x:t>Licence pro mention techniques du son et de l'image parcours production musicale et médias interactifs numériques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI</x:t>
   </x:si>
   <x:si>
+    <x:t>Designer graphique (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé de communication (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel graphiste BC 1 Concevoir et réaliser des compositions graphiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel graphiste BC 2 Développer des solutions visuelles innovantes et multimédia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel concepteur designer UI - CCP 1 : concevoir les éléments graphiques d'une interface et de supports de communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Journaliste web</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mediaschool Est-Sud|Mediaschool Est-Sud - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>Label Emmaus</x:t>
   </x:si>
   <x:si>
     <x:t>93130</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Public immigré</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naias Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts de la scène</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts plastiques et sciences de l'art</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétences 2 Contribuer à la gestion et au suivi d'un projet de communication numérique</x:t>
-  </x:si>
-[...40 lines deleted...]
-    <x:t>12/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projets audiovisuels</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétences 3 Réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétence 3 réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>Activmedia Global Synergy</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 3 : réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
@@ -14223,3520 +14223,3523 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>595944</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>39240</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>509358</x:v>
+        <x:v>554153</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>466</x:v>
-[...1 lines deleted...]
-      <x:c r="C200" s="15" t="s"/>
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C200" s="15" t="n">
+        <x:v>39764</x:v>
+      </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s"/>
+      <x:c r="E200" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>217</x:v>
-[...1 lines deleted...]
-      <x:c r="J200" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J200" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>556173</x:v>
+        <x:v>554172</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>545</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>512</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>606183</x:v>
+        <x:v>556173</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>606185</x:v>
+        <x:v>606183</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>547</x:v>
-[...1 lines deleted...]
-      <x:c r="C203" s="3" t="s"/>
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="C203" s="3" t="n">
+        <x:v>41255</x:v>
+      </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="J203" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>71130</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>542238</x:v>
+        <x:v>606185</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>72710</x:v>
+        <x:v>71130</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>577971</x:v>
+        <x:v>542238</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>72710</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>542299</x:v>
+        <x:v>577971</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>368</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>552</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>168</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>46336</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>526923</x:v>
+        <x:v>542299</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>35541</x:v>
+        <x:v>36987</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>554</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>46336</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>549725</x:v>
+        <x:v>526923</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>549727</x:v>
+        <x:v>549725</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>313</x:v>
-[...1 lines deleted...]
-      <x:c r="C209" s="3" t="s"/>
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C209" s="3" t="n">
+        <x:v>35541</x:v>
+      </x:c>
       <x:c r="D209" s="3" t="s"/>
+      <x:c r="E209" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J209" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>46281</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>588159</x:v>
+        <x:v>549727</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>556</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>430</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>24223</x:v>
+        <x:v>46281</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>596795</x:v>
+        <x:v>588159</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
-      <x:c r="C211" s="3" t="s"/>
+      <x:c r="C211" s="3" t="n">
+        <x:v>35500</x:v>
+      </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="J211" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>24223</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>616470</x:v>
+        <x:v>596795</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>616660</x:v>
+        <x:v>616470</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>616666</x:v>
+        <x:v>616660</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>616671</x:v>
+        <x:v>616666</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>597372</x:v>
+        <x:v>616671</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
-      <x:c r="C216" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>592796</x:v>
+        <x:v>597372</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>41125</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>592833</x:v>
+        <x:v>592796</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>562</x:v>
-[...1 lines deleted...]
-      <x:c r="C218" s="15" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C218" s="15" t="n">
+        <x:v>41125</x:v>
+      </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>564</x:v>
-[...1 lines deleted...]
-      <x:c r="J218" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J218" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>598271</x:v>
+        <x:v>592833</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>566</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>568142</x:v>
+        <x:v>598271</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>568144</x:v>
+        <x:v>568142</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>614445</x:v>
+        <x:v>568144</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>533650</x:v>
+        <x:v>614445</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>71140</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>505740</x:v>
+        <x:v>533650</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>71123</x:v>
+        <x:v>71140</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>580320</x:v>
+        <x:v>505740</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>542400</x:v>
+        <x:v>580320</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>71133</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>614949</x:v>
+        <x:v>542400</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>71133</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>614950</x:v>
+        <x:v>614949</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>71133</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>611531</x:v>
+        <x:v>614950</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>575</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>577</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>595417</x:v>
+        <x:v>611531</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>269</x:v>
-[...1 lines deleted...]
-      <x:c r="C230" s="15" t="s"/>
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="C230" s="15" t="n">
+        <x:v>41079</x:v>
+      </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>271</x:v>
-[...1 lines deleted...]
-      <x:c r="J230" s="14" t="s"/>
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="J230" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>605306</x:v>
+        <x:v>595417</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>605318</x:v>
+        <x:v>605306</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>605321</x:v>
+        <x:v>605318</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>45048</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>596464</x:v>
+        <x:v>605321</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>45048</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>605326</x:v>
+        <x:v>596464</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>582</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>584</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>45027</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>595599</x:v>
+        <x:v>605326</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="Q236" s="16" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="R236" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="Q236" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>595600</x:v>
+        <x:v>595599</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>39367</x:v>
+        <x:v>36950</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>46347</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>592192</x:v>
+        <x:v>595600</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>38595</x:v>
+        <x:v>39367</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46347</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>596995</x:v>
+        <x:v>592192</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38595</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>596997</x:v>
+        <x:v>596995</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>562</x:v>
-[...1 lines deleted...]
-      <x:c r="C240" s="15" t="s"/>
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="C240" s="15" t="n">
+        <x:v>38595</x:v>
+      </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>163</x:v>
-[...1 lines deleted...]
-      <x:c r="J240" s="14" t="s"/>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="J240" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>603902</x:v>
+        <x:v>596997</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>577080</x:v>
+        <x:v>603902</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>181</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>32069</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>597197</x:v>
+        <x:v>577080</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38262</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>32069</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>597200</x:v>
+        <x:v>597197</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>597</x:v>
-[...1 lines deleted...]
-      <x:c r="C244" s="15" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C244" s="15" t="n">
+        <x:v>38262</x:v>
+      </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="J244" s="14" t="s"/>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="J244" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>71123</x:v>
+        <x:v>32069</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>614720</x:v>
+        <x:v>597200</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>178</x:v>
-[...1 lines deleted...]
-      <x:c r="C245" s="3" t="s"/>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C245" s="3" t="n">
+        <x:v>39240</x:v>
+      </x:c>
       <x:c r="D245" s="3" t="s"/>
+      <x:c r="E245" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>179</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J245" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>612449</x:v>
+        <x:v>509358</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>179</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>612456</x:v>
+        <x:v>614720</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
-      <x:c r="E247" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>603519</x:v>
+        <x:v>612449</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>433</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
-      <x:c r="E248" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>95</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>31018</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>556125</x:v>
+        <x:v>612456</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>604</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="F249" s="0" t="s">
+        <x:v>602</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>135</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>604989</x:v>
+        <x:v>603519</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>605</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>38935</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>160</x:v>
-[...1 lines deleted...]
-      <x:c r="H250" s="14" t="s"/>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="I250" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>550925</x:v>
+        <x:v>556125</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>37662</x:v>
+        <x:v>39092</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>601661</x:v>
+        <x:v>604989</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>35541</x:v>
+        <x:v>38935</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>549699</x:v>
+        <x:v>550925</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>35502</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>93</x:v>
-[...2 lines deleted...]
-        <x:v>94</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>31018</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>454246</x:v>
+        <x:v>601661</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>35500</x:v>
+        <x:v>35541</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>24223</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>454251</x:v>
+        <x:v>549699</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>38018</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>553363</x:v>
+        <x:v>454246</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>34814</x:v>
+        <x:v>35500</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>221</x:v>
-[...1 lines deleted...]
-      <x:c r="H256" s="14" t="s"/>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>24223</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>553366</x:v>
+        <x:v>454251</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>39092</x:v>
+        <x:v>38018</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>549746</x:v>
+        <x:v>553363</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>39092</x:v>
+        <x:v>34814</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>549751</x:v>
+        <x:v>553366</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>39532</x:v>
+        <x:v>39092</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>608305</x:v>
+        <x:v>549746</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>39532</x:v>
+        <x:v>39092</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>569997</x:v>
+        <x:v>549751</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>37662</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>554153</x:v>
+        <x:v>608305</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>39764</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>554172</x:v>
+        <x:v>569997</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
@@ -18278,51 +18281,51 @@
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>547061</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>45</x:v>
@@ -18443,54 +18446,54 @@
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>454245</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="U275" s="4" t="s">
         <x:v>609</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
@@ -18940,75 +18943,75 @@
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>495524</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>37816</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
@@ -19355,51 +19358,51 @@
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>570059</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
@@ -19544,51 +19547,51 @@
       <x:c r="G295" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>606165</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
@@ -20954,51 +20957,51 @@
         <x:v>271</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>605317</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>271</x:v>
@@ -21450,82 +21453,82 @@
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>595574</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>595592</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>36533</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -21819,1567 +21822,1563 @@
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>568775</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>384</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
-      <x:c r="E339" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>534832</x:v>
+        <x:v>614719</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>243</x:v>
-[...1 lines deleted...]
-      <x:c r="H340" s="14" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H340" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="I340" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>71123</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>614719</x:v>
+        <x:v>567361</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-        <x:v>111</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>71910</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>567361</x:v>
+        <x:v>613023</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>686</x:v>
-[...1 lines deleted...]
-      <x:c r="C342" s="15" t="s"/>
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="C342" s="15" t="n">
+        <x:v>39221</x:v>
+      </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="J342" s="14" t="s"/>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="J342" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>71910</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>613023</x:v>
+        <x:v>592194</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>688</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H343" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>170</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>592194</x:v>
+        <x:v>534198</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>534198</x:v>
+        <x:v>578640</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>578640</x:v>
+        <x:v>576382</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>693</x:v>
-[...1 lines deleted...]
-      <x:c r="C346" s="15" t="s"/>
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C346" s="15" t="n">
+        <x:v>36987</x:v>
+      </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="J346" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="J346" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>46336</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>576382</x:v>
+        <x:v>578839</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>694</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>46336</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>578839</x:v>
+        <x:v>576454</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>676</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="H348" s="14" t="s"/>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H348" s="14" t="s">
+        <x:v>180</x:v>
+      </x:c>
       <x:c r="I348" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>576454</x:v>
+        <x:v>612450</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>178</x:v>
-[...1 lines deleted...]
-      <x:c r="C349" s="3" t="s"/>
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C349" s="3" t="n">
+        <x:v>40602</x:v>
+      </x:c>
       <x:c r="D349" s="3" t="s"/>
+      <x:c r="E349" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="J349" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>612450</x:v>
+        <x:v>590825</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
-        <x:v>40602</x:v>
+        <x:v>38472</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>362</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>590825</x:v>
+        <x:v>550653</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>38472</x:v>
+        <x:v>39741</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>550653</x:v>
+        <x:v>601588</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
-        <x:v>39741</x:v>
+        <x:v>38143</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>601588</x:v>
+        <x:v>601665</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>38143</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>601665</x:v>
+        <x:v>601680</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>37662</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>601680</x:v>
+        <x:v>608627</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>39251</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>608627</x:v>
+        <x:v>614353</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>39251</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>614353</x:v>
+        <x:v>614354</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>697</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
-        <x:v>39251</x:v>
+        <x:v>36443</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>45027</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>614354</x:v>
+        <x:v>451882</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
-        <x:v>36443</x:v>
+        <x:v>37232</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>130</x:v>
-[...1 lines deleted...]
-      <x:c r="H358" s="14" t="s"/>
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="H358" s="14" t="s">
+        <x:v>393</x:v>
+      </x:c>
       <x:c r="I358" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>451882</x:v>
+        <x:v>452328</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>699</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>37232</x:v>
+        <x:v>39092</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>392</x:v>
-[...2 lines deleted...]
-        <x:v>393</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>46052</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>452328</x:v>
+        <x:v>549749</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>39092</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="H360" s="14" t="s"/>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H360" s="14" t="s">
+        <x:v>203</x:v>
+      </x:c>
       <x:c r="I360" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>549749</x:v>
+        <x:v>601990</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>39532</x:v>
+        <x:v>40164</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>202</x:v>
-[...2 lines deleted...]
-        <x:v>203</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>601990</x:v>
+        <x:v>601426</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>701</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>40164</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>601426</x:v>
+        <x:v>554123</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>701</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>39240</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>554123</x:v>
+        <x:v>554129</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>554129</x:v>
+        <x:v>554177</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
-        <x:v>37662</x:v>
+        <x:v>34345</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>554177</x:v>
+        <x:v>534832</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
@@ -24110,51 +24109,51 @@
         <x:v>271</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>616661</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>271</x:v>
@@ -25501,51 +25500,51 @@
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>595590</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>45027</x:v>
@@ -25555,51 +25554,51 @@
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>595597</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
@@ -25874,51 +25873,51 @@
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>556172</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
@@ -26561,183 +26560,183 @@
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>616672</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>597371</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>592797</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>592800</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
@@ -26922,93 +26921,93 @@
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>568138</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>71140</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>505743</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>571</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -27184,74 +27183,74 @@
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>605299</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>45048</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>596465</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
@@ -27349,82 +27348,82 @@
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>595573</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>595591</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>36943</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
@@ -27508,88 +27507,88 @@
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>595596</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>595601</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>39764</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
@@ -27626,98 +27625,98 @@
       <x:c r="R446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>592191</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>39221</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>592193</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38595</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>27</x:v>
@@ -28417,76 +28416,76 @@
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>597125</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>37817</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>597139</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
@@ -28577,5500 +28576,5502 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>559254</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>528765</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>178</x:v>
-[...1 lines deleted...]
-      <x:c r="C466" s="15" t="s"/>
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="C466" s="15" t="n">
+        <x:v>39092</x:v>
+      </x:c>
       <x:c r="D466" s="15" t="s"/>
-      <x:c r="E466" s="14" t="s"/>
+      <x:c r="E466" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>179</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>181</x:v>
-[...1 lines deleted...]
-      <x:c r="J466" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J466" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K466" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>612454</x:v>
+        <x:v>604994</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>178</x:v>
-[...1 lines deleted...]
-      <x:c r="C467" s="3" t="s"/>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C467" s="3" t="n">
+        <x:v>39532</x:v>
+      </x:c>
       <x:c r="D467" s="3" t="s"/>
+      <x:c r="E467" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>179</x:v>
-[...2 lines deleted...]
-        <x:v>180</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="J467" s="0" t="s">
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>612457</x:v>
+        <x:v>605574</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
-        <x:v>35501</x:v>
+        <x:v>39605</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>556124</x:v>
+        <x:v>550893</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>35501</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>602557</x:v>
+        <x:v>546921</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
-        <x:v>38472</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>783</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>784</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
-        <x:v>34093</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>608564</x:v>
+        <x:v>601652</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
-        <x:v>39092</x:v>
+        <x:v>39855</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>549747</x:v>
+        <x:v>601684</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
-        <x:v>38018</x:v>
+        <x:v>35502</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>631</x:v>
-[...1 lines deleted...]
-      <x:c r="H472" s="14" t="s"/>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H472" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="I472" s="16" t="s">
-        <x:v>632</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31018</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>632</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>547284</x:v>
+        <x:v>602560</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>785</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>35541</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>608301</x:v>
+        <x:v>549697</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>634</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>635</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
-        <x:v>37232</x:v>
+        <x:v>39092</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>392</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
-        <x:v>46052</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>600474</x:v>
+        <x:v>549710</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
-        <x:v>38143</x:v>
+        <x:v>35541</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>554142</x:v>
+        <x:v>549720</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>41</x:v>
-[...1 lines deleted...]
-      <x:c r="C476" s="15" t="s"/>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C476" s="15" t="n">
+        <x:v>39532</x:v>
+      </x:c>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s"/>
+      <x:c r="E476" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="J476" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="J476" s="14" t="s">
+        <x:v>397</x:v>
+      </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>576558</x:v>
+        <x:v>608639</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>786</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>787</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>196</x:v>
-[...1 lines deleted...]
-      <x:c r="C477" s="3" t="s"/>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C477" s="3" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D477" s="3" t="s"/>
+      <x:c r="E477" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="J477" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>582060</x:v>
+        <x:v>599572</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>789</x:v>
+        <x:v>784</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="C478" s="15" t="s"/>
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C478" s="15" t="n">
+        <x:v>39741</x:v>
+      </x:c>
       <x:c r="D478" s="15" t="s"/>
-      <x:c r="E478" s="14" t="s"/>
+      <x:c r="E478" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="J478" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J478" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="K478" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>46337</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>615587</x:v>
+        <x:v>560009</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>790</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>792</x:v>
-[...1 lines deleted...]
-      <x:c r="C479" s="3" t="s"/>
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C479" s="3" t="n">
+        <x:v>35541</x:v>
+      </x:c>
       <x:c r="D479" s="3" t="s"/>
+      <x:c r="E479" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J479" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>46301</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>588196</x:v>
+        <x:v>549723</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>795</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
-        <x:v>39605</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
-      <x:c r="E480" s="14" t="s"/>
+      <x:c r="E480" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>750</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>592232</x:v>
+        <x:v>608302</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>614</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>39741</x:v>
+        <x:v>40237</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
+      <x:c r="E481" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>592277</x:v>
+        <x:v>608950</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>797</x:v>
-[...1 lines deleted...]
-      <x:c r="C482" s="15" t="s"/>
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="C482" s="15" t="n">
+        <x:v>37946</x:v>
+      </x:c>
       <x:c r="D482" s="15" t="s"/>
-      <x:c r="E482" s="14" t="s"/>
+      <x:c r="E482" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>798</x:v>
-[...1 lines deleted...]
-      <x:c r="H482" s="14" t="s"/>
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="H482" s="14" t="s">
+        <x:v>460</x:v>
+      </x:c>
       <x:c r="I482" s="16" t="s">
-        <x:v>304</x:v>
-[...1 lines deleted...]
-      <x:c r="J482" s="14" t="s"/>
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="J482" s="14" t="s">
+        <x:v>373</x:v>
+      </x:c>
       <x:c r="K482" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>46072</x:v>
+        <x:v>22441</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>798</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>595142</x:v>
+        <x:v>609696</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>797</x:v>
-[...1 lines deleted...]
-      <x:c r="C483" s="3" t="s"/>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C483" s="3" t="n">
+        <x:v>39240</x:v>
+      </x:c>
       <x:c r="D483" s="3" t="s"/>
+      <x:c r="E483" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G483" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J483" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>595143</x:v>
+        <x:v>554162</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>702</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>430</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>596789</x:v>
+        <x:v>576558</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>556</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H485" s="0" t="s">
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>430</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>24223</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>596794</x:v>
+        <x:v>612454</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>800</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>200</x:v>
-[...1 lines deleted...]
-      <x:c r="H486" s="14" t="s"/>
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="H486" s="14" t="s">
+        <x:v>180</x:v>
+      </x:c>
       <x:c r="I486" s="16" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>592395</x:v>
+        <x:v>612457</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>789</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>41002</x:v>
+        <x:v>35501</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
+      <x:c r="E487" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H487" s="0" t="s">
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>803</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>592414</x:v>
+        <x:v>556124</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>269</x:v>
-[...1 lines deleted...]
-      <x:c r="C488" s="15" t="s"/>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C488" s="15" t="n">
+        <x:v>35501</x:v>
+      </x:c>
       <x:c r="D488" s="15" t="s"/>
-      <x:c r="E488" s="14" t="s"/>
+      <x:c r="E488" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>270</x:v>
-[...1 lines deleted...]
-      <x:c r="H488" s="14" t="s"/>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="H488" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
       <x:c r="I488" s="16" t="s">
-        <x:v>271</x:v>
-[...1 lines deleted...]
-      <x:c r="J488" s="14" t="s"/>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="J488" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="K488" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>616592</x:v>
+        <x:v>602557</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>186</x:v>
-[...1 lines deleted...]
-      <x:c r="C489" s="3" t="s"/>
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="C489" s="3" t="n">
+        <x:v>38472</x:v>
+      </x:c>
       <x:c r="D489" s="3" t="s"/>
+      <x:c r="E489" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="J489" s="0" t="s">
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>576698</x:v>
+        <x:v>608564</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>805</x:v>
-[...1 lines deleted...]
-      <x:c r="C490" s="15" t="s"/>
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="C490" s="15" t="n">
+        <x:v>39092</x:v>
+      </x:c>
       <x:c r="D490" s="15" t="s"/>
-      <x:c r="E490" s="14" t="s"/>
+      <x:c r="E490" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="J490" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J490" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K490" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>46090</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>806</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>576701</x:v>
+        <x:v>549747</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>807</x:v>
-[...1 lines deleted...]
-      <x:c r="C491" s="3" t="s"/>
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C491" s="3" t="n">
+        <x:v>38018</x:v>
+      </x:c>
       <x:c r="D491" s="3" t="s"/>
+      <x:c r="E491" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G491" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="J491" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>542267</x:v>
+        <x:v>547284</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>792</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>808</x:v>
-[...1 lines deleted...]
-      <x:c r="C492" s="15" t="s"/>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C492" s="15" t="n">
+        <x:v>35634</x:v>
+      </x:c>
       <x:c r="D492" s="15" t="s"/>
-      <x:c r="E492" s="14" t="s"/>
+      <x:c r="E492" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="J492" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="J492" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="K492" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>542292</x:v>
+        <x:v>608301</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>809</x:v>
-[...1 lines deleted...]
-      <x:c r="C493" s="3" t="s"/>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C493" s="3" t="n">
+        <x:v>37232</x:v>
+      </x:c>
       <x:c r="D493" s="3" t="s"/>
+      <x:c r="E493" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="H493" s="0" t="s">
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
+      <x:c r="J493" s="0" t="s">
+        <x:v>373</x:v>
+      </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>615360</x:v>
+        <x:v>600474</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>649</x:v>
-[...1 lines deleted...]
-      <x:c r="C494" s="15" t="s"/>
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C494" s="15" t="n">
+        <x:v>38143</x:v>
+      </x:c>
       <x:c r="D494" s="15" t="s"/>
-      <x:c r="E494" s="14" t="s"/>
+      <x:c r="E494" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="J494" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J494" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="K494" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>72730</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>650</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>576393</x:v>
+        <x:v>554142</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>813</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>814</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>616652</x:v>
+        <x:v>609708</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>269</x:v>
-[...1 lines deleted...]
-      <x:c r="C496" s="15" t="s"/>
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C496" s="15" t="n">
+        <x:v>36987</x:v>
+      </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>271</x:v>
-[...1 lines deleted...]
-      <x:c r="J496" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="J496" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>46336</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>616664</x:v>
+        <x:v>559235</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>46327</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>600980</x:v>
+        <x:v>534201</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>603910</x:v>
+        <x:v>576396</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>31068</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>614432</x:v>
+        <x:v>576439</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>818</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>819</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>821</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>46278</x:v>
+        <x:v>31068</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>822</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>819</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>491502</x:v>
+        <x:v>576442</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>823</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>794</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-        <x:v>124</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31068</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>533680</x:v>
+        <x:v>576445</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>824</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C502" s="15" t="s"/>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>533683</x:v>
+        <x:v>576698</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>566070</x:v>
+        <x:v>576701</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>825</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C504" s="15" t="s"/>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s"/>
       <x:c r="K504" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
-        <x:v>72502</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>505620</x:v>
+        <x:v>542267</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C505" s="3" t="s"/>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>578495</x:v>
+        <x:v>542292</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>827</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>737</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>801</x:v>
+      </x:c>
+      <x:c r="C506" s="15" t="s"/>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
-        <x:v>448</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
-        <x:v>46251</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>595864</x:v>
+        <x:v>615360</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>286</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C507" s="3" t="s"/>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>163</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>45054</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>595939</x:v>
+        <x:v>582060</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>806</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
-        <x:v>71132</x:v>
+        <x:v>46337</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>577075</x:v>
+        <x:v>615587</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>46301</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>577083</x:v>
+        <x:v>588196</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>269</x:v>
-[...1 lines deleted...]
-      <x:c r="C510" s="15" t="s"/>
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="C510" s="15" t="n">
+        <x:v>39605</x:v>
+      </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>271</x:v>
-[...1 lines deleted...]
-      <x:c r="J510" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="J510" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="K510" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>605285</x:v>
+        <x:v>592232</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>269</x:v>
-[...1 lines deleted...]
-      <x:c r="C511" s="3" t="s"/>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C511" s="3" t="n">
+        <x:v>39741</x:v>
+      </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J511" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>605291</x:v>
+        <x:v>592277</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>605293</x:v>
+        <x:v>595142</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>605294</x:v>
+        <x:v>595143</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>269</x:v>
-[...1 lines deleted...]
-      <x:c r="C514" s="15" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C514" s="15" t="n">
+        <x:v>35501</x:v>
+      </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>271</x:v>
-[...1 lines deleted...]
-      <x:c r="J514" s="14" t="s"/>
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="J514" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
       <x:c r="K514" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>605308</x:v>
+        <x:v>596789</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>269</x:v>
-[...1 lines deleted...]
-      <x:c r="C515" s="3" t="s"/>
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="C515" s="3" t="n">
+        <x:v>35500</x:v>
+      </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="J515" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>24223</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>605311</x:v>
+        <x:v>596794</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>269</x:v>
-[...1 lines deleted...]
-      <x:c r="C516" s="15" t="s"/>
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="C516" s="15" t="n">
+        <x:v>39855</x:v>
+      </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>271</x:v>
-[...1 lines deleted...]
-      <x:c r="J516" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J516" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K516" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>605314</x:v>
+        <x:v>592395</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>268</x:v>
-[...1 lines deleted...]
-      <x:c r="C517" s="3" t="s"/>
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="C517" s="3" t="n">
+        <x:v>41002</x:v>
+      </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="J517" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
-        <x:v>46264</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>608286</x:v>
+        <x:v>592414</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>357</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>830</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
-        <x:v>45027</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>592172</x:v>
+        <x:v>616592</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>832</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>46327</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>592555</x:v>
+        <x:v>600980</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>779</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>597126</x:v>
+        <x:v>603910</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
-        <x:v>32069</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>597193</x:v>
+        <x:v>614432</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
-        <x:v>40638</x:v>
+        <x:v>28290</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>820</x:v>
-[...1 lines deleted...]
-      <x:c r="H522" s="14" t="s"/>
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="H522" s="14" t="s">
+        <x:v>826</x:v>
+      </x:c>
       <x:c r="I522" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>46278</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>820</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>592789</x:v>
+        <x:v>491502</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H523" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>609018</x:v>
+        <x:v>533680</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>834</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="C524" s="15" t="s"/>
       <x:c r="D524" s="15" t="s"/>
-      <x:c r="E524" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="H524" s="14" t="s"/>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H524" s="14" t="s">
+        <x:v>124</x:v>
+      </x:c>
       <x:c r="I524" s="16" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="J524" s="14" t="s"/>
       <x:c r="K524" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>604994</x:v>
+        <x:v>533683</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>396</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C525" s="3" t="s"/>
       <x:c r="D525" s="3" t="s"/>
-      <x:c r="E525" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
-        <x:v>520</x:v>
-[...2 lines deleted...]
-        <x:v>397</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>605574</x:v>
+        <x:v>566070</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>835</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>384</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C526" s="15" t="s"/>
       <x:c r="D526" s="15" t="s"/>
-      <x:c r="E526" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="J526" s="14" t="s"/>
       <x:c r="K526" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>72502</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>550893</x:v>
+        <x:v>505620</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>832</x:v>
+      </x:c>
+      <x:c r="C527" s="3" t="s"/>
       <x:c r="D527" s="3" t="s"/>
-      <x:c r="E527" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G527" s="0" t="s">
-        <x:v>202</x:v>
-[...2 lines deleted...]
-        <x:v>203</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>546921</x:v>
+        <x:v>578495</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
-        <x:v>39240</x:v>
+        <x:v>36949</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
-      <x:c r="E528" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46251</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>601652</x:v>
+        <x:v>595864</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
-        <x:v>39855</x:v>
+        <x:v>37226</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
-      <x:c r="E529" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G529" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>601684</x:v>
+        <x:v>595939</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>433</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C530" s="15" t="s"/>
       <x:c r="D530" s="15" t="s"/>
-      <x:c r="E530" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
-        <x:v>95</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="J530" s="14" t="s"/>
       <x:c r="K530" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
-        <x:v>31018</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>602560</x:v>
+        <x:v>577075</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>437</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="C531" s="3" t="s"/>
       <x:c r="D531" s="3" t="s"/>
-      <x:c r="E531" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G531" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>549697</x:v>
+        <x:v>577083</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>611</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C532" s="15" t="s"/>
       <x:c r="D532" s="15" t="s"/>
-      <x:c r="E532" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="J532" s="14" t="s"/>
       <x:c r="K532" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>549710</x:v>
+        <x:v>605285</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>441</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C533" s="3" t="s"/>
       <x:c r="D533" s="3" t="s"/>
-      <x:c r="E533" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>135</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>549720</x:v>
+        <x:v>605291</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>396</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
-      <x:c r="E534" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="J534" s="14" t="s"/>
       <x:c r="K534" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>608639</x:v>
+        <x:v>605293</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C535" s="3" t="s"/>
       <x:c r="D535" s="3" t="s"/>
-      <x:c r="E535" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>538</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>599572</x:v>
+        <x:v>605294</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>542</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>836</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>294</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C536" s="15" t="s"/>
       <x:c r="D536" s="15" t="s"/>
-      <x:c r="E536" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="J536" s="14" t="s"/>
       <x:c r="K536" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>560009</x:v>
+        <x:v>605308</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>837</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>440</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C537" s="3" t="s"/>
       <x:c r="D537" s="3" t="s"/>
-      <x:c r="E537" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>135</x:v>
-[...2 lines deleted...]
-        <x:v>87</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>549723</x:v>
+        <x:v>605311</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C538" s="15" t="s"/>
       <x:c r="D538" s="15" t="s"/>
-      <x:c r="E538" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="J538" s="14" t="s"/>
       <x:c r="K538" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>608302</x:v>
+        <x:v>605314</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
-        <x:v>612</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>515</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C539" s="3" t="s"/>
       <x:c r="D539" s="3" t="s"/>
-      <x:c r="E539" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>163</x:v>
-[...2 lines deleted...]
-        <x:v>397</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>608950</x:v>
+        <x:v>608286</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
-        <x:v>37946</x:v>
+        <x:v>39251</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
-      <x:c r="E540" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>459</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
-        <x:v>22441</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>609696</x:v>
+        <x:v>592172</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
-        <x:v>39240</x:v>
+        <x:v>40602</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
-      <x:c r="E541" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>554162</x:v>
+        <x:v>592555</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>685</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
-        <x:v>35541</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
-        <x:v>44527</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>593232</x:v>
+        <x:v>597126</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>349</x:v>
-[...1 lines deleted...]
-      <x:c r="C543" s="3" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C543" s="3" t="n">
+        <x:v>38262</x:v>
+      </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="J543" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
-        <x:v>45098</x:v>
+        <x:v>32069</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>568777</x:v>
+        <x:v>597193</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>353</x:v>
-[...1 lines deleted...]
-      <x:c r="C544" s="15" t="s"/>
+        <x:v>839</x:v>
+      </x:c>
+      <x:c r="C544" s="15" t="n">
+        <x:v>40638</x:v>
+      </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
-        <x:v>168</x:v>
-[...1 lines deleted...]
-      <x:c r="J544" s="14" t="s"/>
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="J544" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K544" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
-        <x:v>72502</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>609708</x:v>
+        <x:v>592789</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>694</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="C545" s="3" t="s"/>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
-        <x:v>46336</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>559235</x:v>
+        <x:v>609018</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C546" s="15" t="s"/>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s"/>
       <x:c r="K546" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>70707</x:v>
+        <x:v>72730</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>534201</x:v>
+        <x:v>576393</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C547" s="3" t="s"/>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>576396</x:v>
+        <x:v>616652</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C548" s="15" t="s"/>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s"/>
       <x:c r="K548" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
-        <x:v>31068</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>576439</x:v>
+        <x:v>616664</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>355</x:v>
-[...1 lines deleted...]
-      <x:c r="C549" s="3" t="s"/>
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="C549" s="3" t="n">
+        <x:v>35541</x:v>
+      </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="J549" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
-        <x:v>31068</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>576442</x:v>
+        <x:v>593232</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
-        <x:v>31068</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>576445</x:v>
+        <x:v>568777</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>841</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>40183</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
+      <x:c r="H551" s="0" t="s">
+        <x:v>844</x:v>
+      </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46254</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>579220</x:v>
+        <x:v>586830</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>847</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>40638</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>848</x:v>
-[...1 lines deleted...]
-      <x:c r="H552" s="14" t="s"/>
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="H552" s="14" t="s">
+        <x:v>826</x:v>
+      </x:c>
       <x:c r="I552" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>567241</x:v>
+        <x:v>599304</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>849</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>850</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
-        <x:v>40465</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
-        <x:v>257</x:v>
-[...2 lines deleted...]
-        <x:v>258</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
-        <x:v>45066</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>575794</x:v>
+        <x:v>613747</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>854</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
-        <x:v>40465</x:v>
+        <x:v>40367</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I554" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>852</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>853</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>575795</x:v>
+        <x:v>586456</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
-        <x:v>35634</x:v>
+        <x:v>39741</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H555" s="0" t="s">
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>559196</x:v>
+        <x:v>608139</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
-        <x:v>35634</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>613747</x:v>
+        <x:v>581284</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
-        <x:v>40367</x:v>
+        <x:v>39532</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
-        <x:v>133</x:v>
-[...2 lines deleted...]
-        <x:v>134</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>586456</x:v>
+        <x:v>581314</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
-        <x:v>774</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
-        <x:v>39741</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>302</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>608139</x:v>
+        <x:v>585494</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>39532</x:v>
+        <x:v>38935</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>44527</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>581284</x:v>
+        <x:v>590732</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>860</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>861</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
-        <x:v>39532</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>581314</x:v>
+        <x:v>579220</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>740</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>861</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
-        <x:v>40183</x:v>
+        <x:v>35634</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
-        <x:v>863</x:v>
-[...2 lines deleted...]
-        <x:v>864</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>46254</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
+        <x:v>862</x:v>
+      </x:c>
+      <x:c r="Q561" s="4" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="R561" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S561" s="0" t="n">
+        <x:v>567241</x:v>
+      </x:c>
+      <x:c r="T561" s="4" t="s">
         <x:v>863</x:v>
       </x:c>
-      <x:c r="Q561" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
-        <x:v>40638</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>819</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s">
-        <x:v>820</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I562" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>819</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>599304</x:v>
+        <x:v>575794</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
-        <x:v>38935</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H563" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
-        <x:v>44527</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
+        <x:v>866</x:v>
+      </x:c>
+      <x:c r="Q563" s="4" t="s">
         <x:v>867</x:v>
       </x:c>
-      <x:c r="Q563" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>590732</x:v>
+        <x:v>575795</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>868</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>585494</x:v>
+        <x:v>559196</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>869</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>658</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>39107</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -34364,51 +34365,51 @@
       <x:c r="M570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>584783</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>839</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -34526,111 +34527,111 @@
       <x:c r="L573" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>581311</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>572509</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>39764</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -34648,51 +34649,51 @@
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>614347</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>882</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>27</x:v>
@@ -34705,51 +34706,51 @@
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>601115</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>31090</x:v>
@@ -34759,51 +34760,51 @@
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>615570</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>27</x:v>
@@ -35100,51 +35101,51 @@
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>584951</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>890</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I584" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35277,81 +35278,81 @@
       <x:c r="R586" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>579910</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>891</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>606133</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>38143</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
@@ -35384,51 +35385,51 @@
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>547221</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>31090</x:v>
@@ -35541,116 +35542,116 @@
       <x:c r="M591" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>581280</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>804</x:v>
+        <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>572512</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>31090</x:v>
@@ -35660,51 +35661,51 @@
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
         <x:v>584765</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>658</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>45</x:v>
@@ -35859,77 +35860,77 @@
       <x:c r="G597" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>575797</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>54</x:v>
@@ -35996,51 +35997,51 @@
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>566725</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>54</x:v>
@@ -36053,51 +36054,51 @@
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>602833</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>31090</x:v>
@@ -36166,51 +36167,51 @@
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
         <x:v>521657</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="G603" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>31090</x:v>
@@ -36690,101 +36691,101 @@
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>574113</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s"/>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
-        <x:v>863</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s">
-        <x:v>864</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="I612" s="16" t="s">
-        <x:v>865</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
-        <x:v>863</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
-        <x:v>865</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>606654</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="G613" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>46003</x:v>
@@ -36794,51 +36795,51 @@
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>581313</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>54</x:v>
@@ -36851,105 +36852,105 @@
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>613845</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>912</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>585495</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>27</x:v>
@@ -37163,57 +37164,57 @@
       <x:c r="G620" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I620" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
-        <x:v>852</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
-        <x:v>853</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>575796</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
@@ -37243,100 +37244,100 @@
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>559189</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K622" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>567237</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>849</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
-        <x:v>850</x:v>
+        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -37354,100 +37355,100 @@
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>578910</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>812</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
         <x:v>571756</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>849</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>850</x:v>
+        <x:v>864</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -37645,75 +37646,75 @@
       <x:c r="S628" s="14" t="n">
         <x:v>615699</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
         <x:v>39557</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>598159</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
@@ -37746,51 +37747,51 @@
       </x:c>
       <x:c r="P630" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
         <x:v>584781</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>46003</x:v>
@@ -37903,170 +37904,170 @@
       <x:c r="M633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>586274</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
         <x:v>572510</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
         <x:v>572513</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>45</x:v>
@@ -38079,51 +38080,51 @@
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
         <x:v>601114</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>31090</x:v>
@@ -38133,51 +38134,51 @@
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
         <x:v>601117</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>45</x:v>
@@ -38256,101 +38257,101 @@
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>591426</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>41079</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="I640" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>590170</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="G641" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>31090</x:v>
@@ -38360,51 +38361,51 @@
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
         <x:v>615571</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>27</x:v>
@@ -38417,51 +38418,51 @@
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
         <x:v>615574</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>27</x:v>
@@ -38755,51 +38756,51 @@
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>574456</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>877</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>31090</x:v>
@@ -38809,202 +38810,202 @@
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
         <x:v>578821</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K650" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>584767</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>567236</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s"/>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
-        <x:v>812</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
         <x:v>571755</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>38143</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="G653" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -39088,51 +39089,51 @@
       </x:c>
       <x:c r="P654" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>616374</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="G655" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>31090</x:v>
@@ -39313,88 +39314,88 @@
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>547240</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="G659" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
-        <x:v>865</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>571064</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
@@ -39594,51 +39595,51 @@
       </x:c>
       <x:c r="P663" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>565252</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
-        <x:v>859</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s"/>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s"/>
       <x:c r="I664" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>45</x:v>
@@ -39818,51 +39819,51 @@
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>578770</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>54</x:v>
@@ -39875,105 +39876,105 @@
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
         <x:v>578779</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
         <x:v>567240</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K670" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>27</x:v>
@@ -40097,51 +40098,51 @@
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>585440</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>31090</x:v>
@@ -40151,100 +40152,100 @@
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>616390</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K674" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>572511</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>37817</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="G675" s="0" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -40262,51 +40263,51 @@
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>944</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>574058</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K676" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>45</x:v>
@@ -40319,105 +40320,105 @@
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>584756</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
         <x:v>608724</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
         <x:v>946</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>947</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s"/>
       <x:c r="I678" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K678" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>27</x:v>
@@ -40430,51 +40431,51 @@
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>601110</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>31090</x:v>
@@ -40484,51 +40485,51 @@
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
         <x:v>601111</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="I680" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>53</x:v>
       </x:c>