--- v0 (2026-02-09)
+++ v1 (2026-02-10)
@@ -1520,350 +1520,350 @@
   <x:si>
     <x:t>Lycée Notre-Dame</x:t>
   </x:si>
   <x:si>
     <x:t>83055</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Test Bright Anglais "level A"</x:t>
   </x:si>
   <x:si>
     <x:t>Cpm Development - Wall Street English</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Anglais appliqué</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Améliorer l'efficacité de l'organisation commerciale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée F Joliot Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée I Dauphin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAVAILLON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable d'activité commerciale et marketing (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketing opérationnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MORIERES-LES-AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre d'Etudes Européen Méditérranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEEME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Perspective - Isim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Technique et Professionnel Aixois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Le Cours Messidoro - Pigier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Jean Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie du Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACAMAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Châteaurenard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAURENARD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marignane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité techniques de commercialisation parcours marketing et management du point de vente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Business Developer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rocket School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prospection vente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerce - Les fondamentaux des techniques de vente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arniaud Consulteam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Line Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Sup - Ensao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Sup - Ensao - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Lycée Sainte Elisabeth - Collège Sainte Elisabeth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEPTEMES-LES-VALLONS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vip and Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idea Formation +</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Business developer en hautes technologies spécialisation marketing (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité techniques de commercialisation parcours business international : achat et vente</x:t>
   </x:si>
   <x:si>
     <x:t>Achat</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>06103</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2027 00:00:00</x:t>
-[...229 lines deleted...]
-  <x:si>
     <x:t>My Business School Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Efficacité commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>Expansion Way</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Digital Business Developer</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Responsable du développement commercial France et International BC 1 Assurer une veille commerciale, concurrentielle, technologique et définir les plans d'actions marketing en France et à l'international</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement commercial France et International BC 3 Négocier et mettre en place les contrats et les partenariats</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE COTE D'AZUR</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>Savoir répondre à un appel d'offre</x:t>
   </x:si>
   <x:si>
     <x:t>Marché public</x:t>
@@ -2243,63 +2243,63 @@
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires en hautes technologies</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel négociateur technico-commercial (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable d'activité commerciale et marketing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS Commerce international</x:t>
   </x:si>
   <x:si>
-    <x:t>07/28/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Responsable d'activité commerciale et marketing</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel négociateur technico-commercial spécialisation marketing sportif</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale Formation Apprentis Métiers Sport, Animation, Tourisme - CFA Régional Métiers du Sport, de l'Animation et du Tourisme - Futurosud</x:t>
   </x:si>
   <x:si>
     <x:t>ARFAMSTA</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
@@ -14543,3395 +14543,3391 @@
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>576531</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>150</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="C200" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>402</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>34024</x:v>
+        <x:v>34554</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="P200" s="14" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="Q200" s="16" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="R200" s="14" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="S200" s="14" t="n">
+        <x:v>577223</x:v>
+      </x:c>
+      <x:c r="T200" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="P200" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="R200" s="14" t="s">
+      <x:c r="U200" s="16" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>35355</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>34024</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>596758</x:v>
+        <x:v>596039</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>370</x:v>
-[...1 lines deleted...]
-      <x:c r="C202" s="15" t="s"/>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C202" s="15" t="n">
+        <x:v>35800</x:v>
+      </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>371</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>111</x:v>
-[...1 lines deleted...]
-      <x:c r="J202" s="14" t="s"/>
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="J202" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>34554</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>611758</x:v>
+        <x:v>596040</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>370</x:v>
-[...1 lines deleted...]
-      <x:c r="C203" s="3" t="s"/>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C203" s="3" t="n">
+        <x:v>35800</x:v>
+      </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>371</x:v>
-[...2 lines deleted...]
-        <x:v>372</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J203" s="0" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>34554</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>611760</x:v>
+        <x:v>596049</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>544955</x:v>
+        <x:v>596054</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>38808</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
-      <x:c r="E205" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>34053</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>558045</x:v>
+        <x:v>596055</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>608487</x:v>
+        <x:v>578775</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>558654</x:v>
+        <x:v>544955</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="U207" s="4" t="s">
         <x:v>494</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>39354</x:v>
+        <x:v>38808</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>32024</x:v>
+        <x:v>34053</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>608527</x:v>
+        <x:v>558045</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>532721</x:v>
+        <x:v>608487</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>371</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="R210" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="S210" s="14" t="n">
+        <x:v>558654</x:v>
+      </x:c>
+      <x:c r="T210" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="R210" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>39354</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>514130</x:v>
+        <x:v>608527</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>552065</x:v>
+        <x:v>532721</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>38583</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>607728</x:v>
+        <x:v>513684</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>35357</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>306</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>34037</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>603826</x:v>
+        <x:v>514130</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>564175</x:v>
+        <x:v>552065</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>41759</x:v>
+        <x:v>38583</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="H216" s="14" t="s"/>
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>602237</x:v>
+        <x:v>607728</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>41759</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>610128</x:v>
+        <x:v>603826</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>284</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>501241</x:v>
+        <x:v>564175</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>600726</x:v>
+        <x:v>602237</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>558860</x:v>
+        <x:v>610128</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>558986</x:v>
+        <x:v>501241</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>513</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>495173</x:v>
+        <x:v>600726</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>608981</x:v>
+        <x:v>558860</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>37075</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>546018</x:v>
+        <x:v>558986</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>37075</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="H225" s="0" t="s">
+        <x:v>518</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>546515</x:v>
+        <x:v>495173</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>414</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>611261</x:v>
+        <x:v>608981</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>34994</x:v>
+        <x:v>37075</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>506</x:v>
-[...2 lines deleted...]
-        <x:v>507</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>34054</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>555033</x:v>
+        <x:v>546018</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>37075</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>552231</x:v>
+        <x:v>546515</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>599903</x:v>
+        <x:v>611261</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>35357</x:v>
+        <x:v>34994</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>34037</x:v>
+        <x:v>34054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>509937</x:v>
+        <x:v>555033</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>38830</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>550541</x:v>
+        <x:v>552231</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>571086</x:v>
+        <x:v>599903</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>553485</x:v>
+        <x:v>509937</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>38830</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>553502</x:v>
+        <x:v>550541</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>553767</x:v>
+        <x:v>571086</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>553769</x:v>
+        <x:v>553485</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>521</x:v>
-[...2 lines deleted...]
-        <x:v>522</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>506720</x:v>
+        <x:v>553502</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>507193</x:v>
+        <x:v>553767</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>38583</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>145</x:v>
-[...2 lines deleted...]
-        <x:v>136</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>607674</x:v>
+        <x:v>553769</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>40240</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>34554</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>602433</x:v>
+        <x:v>506720</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>601516</x:v>
+        <x:v>507193</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>38583</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>331</x:v>
-[...1 lines deleted...]
-      <x:c r="H242" s="14" t="s"/>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="R242" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="S242" s="14" t="n">
+        <x:v>607674</x:v>
+      </x:c>
+      <x:c r="T242" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="R242" s="14" t="s">
+      <x:c r="U242" s="16" t="s">
         <x:v>528</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>40240</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34554</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>502688</x:v>
+        <x:v>602433</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>35652</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>34538</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>603063</x:v>
+        <x:v>601516</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>414</x:v>
-[...2 lines deleted...]
-        <x:v>415</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>493091</x:v>
+        <x:v>502687</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="U245" s="4" t="s">
         <x:v>533</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>513</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>560187</x:v>
+        <x:v>502688</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>600041</x:v>
+        <x:v>603063</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H248" s="14" t="s"/>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s">
+        <x:v>415</x:v>
+      </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>600062</x:v>
+        <x:v>493091</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>535</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
-        <x:v>35357</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>34037</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>554933</x:v>
+        <x:v>560187</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>536</x:v>
-[...1 lines deleted...]
-      <x:c r="C250" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C250" s="15" t="n">
+        <x:v>37717</x:v>
+      </x:c>
       <x:c r="D250" s="15" t="s"/>
-      <x:c r="E250" s="14" t="s"/>
+      <x:c r="E250" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="J250" s="14" t="s"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="J250" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>34554</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>577223</x:v>
+        <x:v>600041</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
+      <x:c r="E251" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="Q251" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="R251" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="S251" s="0" t="n">
+        <x:v>600062</x:v>
+      </x:c>
+      <x:c r="T251" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="U251" s="4" t="s">
         <x:v>539</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="Q252" s="16" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="R252" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
-      <x:c r="Q252" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>596040</x:v>
+        <x:v>596755</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>35356</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>596049</x:v>
+        <x:v>596765</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
-        <x:v>150</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>544</x:v>
-[...1 lines deleted...]
-      <x:c r="H254" s="14" t="s"/>
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s">
+        <x:v>372</x:v>
+      </x:c>
       <x:c r="I254" s="16" t="s">
-        <x:v>545</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34554</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="Q254" s="16" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="R254" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="S254" s="14" t="n">
+        <x:v>611752</x:v>
+      </x:c>
+      <x:c r="T254" s="16" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="U254" s="16" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>189</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>243</x:v>
-[...2 lines deleted...]
-        <x:v>78</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34554</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>596055</x:v>
+        <x:v>611755</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>294</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>179</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34593</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>578775</x:v>
+        <x:v>614971</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>614409</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
@@ -17971,82 +17967,82 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>556325</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38808</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>608679</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
@@ -18136,51 +18132,51 @@
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>532748</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>137</x:v>
@@ -18316,51 +18312,51 @@
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>599551</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>550</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -18440,82 +18436,82 @@
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>549066</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38808</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>607291</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
@@ -18654,57 +18650,57 @@
       <x:c r="H270" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>602829</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18745,76 +18741,76 @@
         <x:v>497337</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>498287</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
@@ -18833,60 +18829,60 @@
       <x:c r="J273" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>600735</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>347</x:v>
@@ -18948,51 +18944,51 @@
       <x:c r="H275" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>547696</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
@@ -19021,51 +19017,51 @@
       <x:c r="L276" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>608920</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -19158,75 +19154,75 @@
       <x:c r="S278" s="14" t="n">
         <x:v>608951</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>603597</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
@@ -19243,57 +19239,57 @@
       <x:c r="H280" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>556811</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -19364,51 +19360,51 @@
       <x:c r="H282" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>555817</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
@@ -19433,54 +19429,54 @@
       <x:c r="L283" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>599940</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
@@ -19608,54 +19604,54 @@
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>565521</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -19668,51 +19664,51 @@
       <x:c r="M287" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>565526</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
@@ -19727,93 +19723,93 @@
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>607327</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>561</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>605459</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
@@ -19903,101 +19899,101 @@
       <x:c r="M291" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>607700</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>548626</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>40240</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -20148,51 +20144,51 @@
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>603054</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -20565,473 +20561,483 @@
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>614392</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>38583</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
+      <x:c r="E303" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>597478</x:v>
+        <x:v>554933</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>568</x:v>
-[...1 lines deleted...]
-      <x:c r="C304" s="15" t="s"/>
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="C304" s="15" t="n">
+        <x:v>35355</x:v>
+      </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>448</x:v>
-[...1 lines deleted...]
-      <x:c r="J304" s="14" t="s"/>
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="J304" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>34561</x:v>
+        <x:v>34024</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>587182</x:v>
+        <x:v>596757</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>571</x:v>
-[...1 lines deleted...]
-      <x:c r="C305" s="3" t="s"/>
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="C305" s="3" t="n">
+        <x:v>35355</x:v>
+      </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="J305" s="0" t="s">
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>34593</x:v>
+        <x:v>34024</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>614972</x:v>
+        <x:v>596758</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>150</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>327</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>328</x:v>
-[...1 lines deleted...]
-      <x:c r="H306" s="14" t="s"/>
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s">
+        <x:v>372</x:v>
+      </x:c>
       <x:c r="I306" s="16" t="s">
-        <x:v>486</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>34037</x:v>
+        <x:v>34554</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>596755</x:v>
+        <x:v>611758</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>578</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>402</x:v>
-[...2 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>34554</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>596765</x:v>
+        <x:v>611760</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>125</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>370</x:v>
-[...1 lines deleted...]
-      <x:c r="C308" s="15" t="s"/>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C308" s="15" t="n">
+        <x:v>38583</x:v>
+      </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>371</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="J308" s="14" t="s"/>
+      <x:c r="J308" s="14" t="s">
+        <x:v>138</x:v>
+      </x:c>
       <x:c r="K308" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>34554</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>611752</x:v>
+        <x:v>597478</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>371</x:v>
-[...2 lines deleted...]
-        <x:v>372</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>34554</x:v>
+        <x:v>34561</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>611755</x:v>
+        <x:v>587182</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>34593</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>614971</x:v>
+        <x:v>614972</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -21194,51 +21200,51 @@
         <x:v>145</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>591884</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
@@ -21599,125 +21605,125 @@
       <x:c r="J321" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>596752</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>35355</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>34024</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>596759</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>35356</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>34052</x:v>
@@ -21740,121 +21746,121 @@
       <x:c r="T323" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>35358</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>596767</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>13209</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>614423</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
@@ -21884,51 +21890,51 @@
       <x:c r="M326" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>558657</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -23401,51 +23407,51 @@
       <x:c r="J352" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>600738</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23458,51 +23464,51 @@
       <x:c r="J353" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>600740</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23631,51 +23637,51 @@
       <x:c r="H356" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>555841</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
@@ -23688,66 +23694,66 @@
       <x:c r="G357" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>599941</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>35356</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>308</x:v>
@@ -24047,60 +24053,60 @@
       <x:c r="J363" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>553768</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
@@ -24191,76 +24197,76 @@
         <x:v>599243</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>607485</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
@@ -24288,104 +24294,104 @@
       <x:c r="L367" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>607675</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>548629</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -24477,51 +24483,51 @@
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>603060</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
@@ -24605,78 +24611,78 @@
       <x:c r="S372" s="14" t="n">
         <x:v>600973</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>34994</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>541390</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
@@ -24726,75 +24732,75 @@
       <x:c r="S374" s="14" t="n">
         <x:v>608486</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>545311</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
@@ -25596,54 +25602,54 @@
       <x:c r="I389" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>602831</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25839,51 +25845,51 @@
       <x:c r="L393" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>600733</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
@@ -25958,51 +25964,51 @@
       <x:c r="L395" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>608919</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
@@ -26099,51 +26105,51 @@
         <x:v>604163</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>37075</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>638</x:v>
@@ -26160,51 +26166,51 @@
       <x:c r="T398" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -26215,78 +26221,78 @@
         <x:v>603672</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>34994</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>555032</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
@@ -26415,63 +26421,63 @@
       <x:c r="G403" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>599902</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>39743</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>643</x:v>
@@ -26801,76 +26807,76 @@
         <x:v>572618</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>605458</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
@@ -26956,51 +26962,51 @@
       <x:c r="L412" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>607667</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -27013,51 +27019,51 @@
       <x:c r="L413" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>601508</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
@@ -27075,51 +27081,51 @@
       <x:c r="M414" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>502686</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -28090,147 +28096,147 @@
       <x:c r="R432" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>578774</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>35209</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>555192</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>35209</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>555195</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>39965</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -28803,51 +28809,51 @@
       <x:c r="M445" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>572978</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -29025,51 +29031,51 @@
       <x:c r="M449" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>598802</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -29079,51 +29085,51 @@
       <x:c r="L450" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>598810</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -29802,51 +29808,51 @@
       <x:c r="M463" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>613360</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
@@ -29932,76 +29938,76 @@
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>586081</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>558089</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
@@ -30037,51 +30043,51 @@
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>531262</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>35356</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -30369,51 +30375,51 @@
       <x:c r="M473" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>566792</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30815,278 +30821,273 @@
       <x:c r="M481" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>572980</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>414</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>479141</x:v>
+        <x:v>544518</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
-        <x:v>184</x:v>
-[...2 lines deleted...]
-        <x:v>185</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>554778</x:v>
+        <x:v>597577</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>544518</x:v>
+        <x:v>604522</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38808</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34053</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>597577</x:v>
+        <x:v>611866</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -31161,51 +31162,51 @@
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>577267</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -31488,54 +31489,54 @@
       <x:c r="L493" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>598801</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
@@ -31558,1605 +31559,1609 @@
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>553999</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>38808</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="H495" s="0" t="s">
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>34053</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>578833</x:v>
+        <x:v>554778</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>38808</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>730</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34053</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>579009</x:v>
+        <x:v>578833</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>733</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>731</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>543678</x:v>
+        <x:v>579009</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>583313</x:v>
+        <x:v>543678</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>589715</x:v>
+        <x:v>583313</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>572981</x:v>
+        <x:v>589715</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>588106</x:v>
+        <x:v>572981</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>587706</x:v>
+        <x:v>588106</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>734</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>611409</x:v>
+        <x:v>587706</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>735</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>611411</x:v>
+        <x:v>611409</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>736</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>615335</x:v>
+        <x:v>611411</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>609633</x:v>
+        <x:v>615335</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>738</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>617013</x:v>
+        <x:v>609633</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>703</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>617014</x:v>
+        <x:v>617013</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>740</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>741</x:v>
+        <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
-        <x:v>38808</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
-        <x:v>34053</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>559228</x:v>
+        <x:v>617014</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
-        <x:v>689</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>690</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>38808</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34053</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>558090</x:v>
+        <x:v>559228</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
-        <x:v>35355</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
-        <x:v>713</x:v>
-[...2 lines deleted...]
-        <x:v>714</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>34024</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>575986</x:v>
+        <x:v>558090</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
-        <x:v>689</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>742</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
-        <x:v>38505</x:v>
+        <x:v>35355</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>698</x:v>
-[...1 lines deleted...]
-      <x:c r="H512" s="14" t="s"/>
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="H512" s="14" t="s">
+        <x:v>714</x:v>
+      </x:c>
       <x:c r="I512" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34024</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>698</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>537646</x:v>
+        <x:v>575986</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>38505</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>567446</x:v>
+        <x:v>537646</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>598812</x:v>
+        <x:v>567446</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>743</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>744</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>598814</x:v>
+        <x:v>598812</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>746</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>604522</x:v>
+        <x:v>598814</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
-        <x:v>38808</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
-        <x:v>34053</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>611866</x:v>
+        <x:v>583303</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H518" s="14" t="s"/>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H518" s="14" t="s">
+        <x:v>257</x:v>
+      </x:c>
       <x:c r="I518" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>583303</x:v>
+        <x:v>551864</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
-        <x:v>256</x:v>
-[...2 lines deleted...]
-        <x:v>257</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>551864</x:v>
+        <x:v>553167</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>715</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>747</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
-        <x:v>748</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>747</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>748</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>749</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>553167</x:v>
+        <x:v>613355</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>613355</x:v>
+        <x:v>613359</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>750</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>36</x:v>
-[...1 lines deleted...]
-      <x:c r="H522" s="14" t="s"/>
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H522" s="14" t="s">
+        <x:v>415</x:v>
+      </x:c>
       <x:c r="I522" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>613359</x:v>
+        <x:v>479141</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>709</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>751</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
@@ -33166,51 +33171,51 @@
       <x:c r="M523" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>587705</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33580,51 +33585,51 @@
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>556946</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>35356</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>29</x:v>
@@ -33918,51 +33923,51 @@
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>588370</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>765</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>34254</x:v>
@@ -34802,51 +34807,51 @@
       <x:c r="L552" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>598808</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -35027,54 +35032,54 @@
       <x:c r="L556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>566521</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -35149,51 +35154,51 @@
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>581329</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>29</x:v>
@@ -35265,51 +35270,51 @@
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>504157</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>29</x:v>
@@ -35322,51 +35327,51 @@
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>609814</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I562" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -35601,51 +35606,51 @@
       <x:c r="L566" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>566988</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35655,54 +35660,54 @@
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>567444</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35766,51 +35771,51 @@
       <x:c r="L569" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>587707</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>716</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -35826,51 +35831,51 @@
       <x:c r="M570" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>611413</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>502</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
@@ -36156,54 +36161,54 @@
       <x:c r="L576" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>557312</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>