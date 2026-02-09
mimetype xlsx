--- v0 (2026-02-08)
+++ v1 (2026-02-09)
@@ -296,65 +296,65 @@
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission numérique</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
+    <x:t>TOULON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
-    <x:t>TOULON CEDEX 09</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie des systèmes complexes (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
@@ -557,171 +557,171 @@
   <x:si>
     <x:t>Sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur systèmes, réseaux et cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Doranco Espace Multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité microélectronique et télécommunications</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doranco Espace Multimédia - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité microélectronique et télécommunications</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bachelor en sciences et ingénierie - informatique et cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESAIP- site d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrale Méditerranée - campus de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention réseaux et télécommunication parcours architecture des réseaux et cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité systèmes numériques</x:t>
   </x:si>
   <x:si>
     <x:t>master mention réseaux et télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 09</x:t>
-[...29 lines deleted...]
-    <x:t>MARSEILLE CEDEX 13</x:t>
+    <x:t>Lycée international de Valbonne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALBONNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
-    <x:t>06200</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
-  </x:si>
-[...61 lines deleted...]
-    <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur spécialisé en sécurité pour les systèmes informatiques et les communications, diplômé d'Eurecom</x:t>
   </x:si>
   <x:si>
     <x:t>EURECOM</x:t>
   </x:si>
@@ -1737,144 +1737,143 @@
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>592936</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>75</x:v>
-[...1 lines deleted...]
-      <x:c r="C10" s="15" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C10" s="15" t="n">
+        <x:v>38981</x:v>
+      </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="J10" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J10" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>594657</x:v>
+        <x:v>591983</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>48</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>24454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>591983</x:v>
+        <x:v>594657</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
@@ -2518,78 +2517,78 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>600221</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>594656</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
@@ -2789,74 +2788,74 @@
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>575556</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>594658</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
@@ -3398,1331 +3397,1332 @@
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>592582</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38997</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>24237</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>574994</x:v>
+        <x:v>596797</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>37578</x:v>
+        <x:v>38117</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-        <x:v>93</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>575046</x:v>
+        <x:v>557047</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="C42" s="15" t="s"/>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C42" s="15" t="n">
+        <x:v>37581</x:v>
+      </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>133</x:v>
-[...1 lines deleted...]
-      <x:c r="H42" s="14" t="s"/>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="J42" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="J42" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>592953</x:v>
+        <x:v>575054</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="C43" s="3" t="s"/>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="n">
+        <x:v>41238</x:v>
+      </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="J43" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>592951</x:v>
+        <x:v>606192</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>38117</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>600423</x:v>
+        <x:v>591982</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>164</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>141</x:v>
-[...2 lines deleted...]
-        <x:v>48</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>24237</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>591994</x:v>
+        <x:v>592953</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>137</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>596797</x:v>
+        <x:v>592951</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>557047</x:v>
+        <x:v>600423</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>37581</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>575054</x:v>
+        <x:v>574994</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>41238</x:v>
+        <x:v>37578</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>606192</x:v>
+        <x:v>575046</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>38981</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>24454</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>591982</x:v>
+        <x:v>591994</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>178</x:v>
-[...2 lines deleted...]
-        <x:v>48</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>545502</x:v>
+        <x:v>592581</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>549300</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>186</x:v>
-[...2 lines deleted...]
-        <x:v>48</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>24354</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>591876</x:v>
+        <x:v>592938</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>188</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="Q54" s="16" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R54" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="Q54" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>603428</x:v>
+        <x:v>549300</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>601256</x:v>
+        <x:v>591876</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>554884</x:v>
+        <x:v>603428</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="C57" s="3" t="s"/>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="n">
+        <x:v>38779</x:v>
+      </x:c>
       <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G57" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="I57" s="4" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="K57" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="L57" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M57" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N57" s="3" t="n">
+        <x:v>24231</x:v>
+      </x:c>
+      <x:c r="O57" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P57" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R57" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="S57" s="0" t="n">
+        <x:v>601256</x:v>
+      </x:c>
+      <x:c r="T57" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="I57" s="4" t="s">
+      <x:c r="U57" s="4" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>106</x:v>
-[...1 lines deleted...]
-      <x:c r="C58" s="15" t="s"/>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s"/>
+      <x:c r="E58" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>117</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>192</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>118</x:v>
-[...1 lines deleted...]
-      <x:c r="J58" s="14" t="s"/>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>592581</x:v>
+        <x:v>554884</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>75</x:v>
-[...1 lines deleted...]
-      <x:c r="C59" s="3" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="n">
+        <x:v>38117</x:v>
+      </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R59" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="S59" s="0" t="n">
+        <x:v>545502</x:v>
+      </x:c>
+      <x:c r="T59" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="R59" s="0" t="s">
+      <x:c r="U59" s="4" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>603429</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="Q61" s="4" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="R61" s="0" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>453831</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="R62" s="14" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>453837</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40612</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -4732,51 +4732,51 @@
       <x:c r="J63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>592577</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39907</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
@@ -4806,51 +4806,51 @@
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>595013</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24237</x:v>
@@ -4860,104 +4860,104 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>591993</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>554883</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38656</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5011,111 +5011,111 @@
         <x:v>121</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>542192</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>599475</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -5148,135 +5148,135 @@
       <x:c r="R70" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>596796</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>596799</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>