--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -1790,216 +1790,216 @@
   <x:si>
     <x:t>Master mention droit privé parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Charles</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de l'Empéri</x:t>
   </x:si>
   <x:si>
     <x:t>13657</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M de Sully</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit chinois des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée V Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro management et gestion des organisations parcours management de PME-PMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Belsunce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Exupéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Montmajour</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée St-Joseph de la Madeleine</x:t>
   </x:si>
   <x:si>
     <x:t>13248</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 04</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée V Hugo</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Master mention droit des affaires parcours droit des assurances (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit et management des activités maritimes</x:t>
   </x:si>
   <x:si>
     <x:t>expert en stratégie financière</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Belsunce</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEFE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Fénelon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Sainte Marie - Institut Supérieur du Tourisme de Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Honoré d'Estienne d'Orves</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chargé de gestion et management (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
-[...35 lines deleted...]
-    <x:t>12/23/2026 00:00:00</x:t>
+    <x:t>Lycée Stanislas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Module UE 5 du DSCG - Diplôme Supérieur de Comptabilité et de Gestion</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Parc Impérial</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Insecc</x:t>
   </x:si>
   <x:si>
     <x:t>75010</x:t>
   </x:si>
   <x:si>
     <x:t>Insecc - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
@@ -19693,244 +19693,263 @@
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>595054</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C299" s="3" t="s"/>
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="C299" s="3" t="n">
+        <x:v>40998</x:v>
+      </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="J299" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>595087</x:v>
+        <x:v>461236</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C300" s="15" t="s"/>
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="C300" s="15" t="n">
+        <x:v>38159</x:v>
+      </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>573</x:v>
-[...1 lines deleted...]
-      <x:c r="H300" s="14" t="s"/>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H300" s="14" t="s">
+        <x:v>243</x:v>
+      </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>574</x:v>
-[...1 lines deleted...]
-      <x:c r="J300" s="14" t="s"/>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="J300" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>573</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>595048</x:v>
+        <x:v>576307</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C301" s="3" t="s"/>
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C301" s="3" t="n">
+        <x:v>36419</x:v>
+      </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="J301" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>595060</x:v>
+        <x:v>589591</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>579</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>595074</x:v>
+        <x:v>595087</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
@@ -19949,54 +19968,54 @@
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>499731</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>582</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>36764</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>371</x:v>
@@ -20018,710 +20037,692 @@
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>500301</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>40998</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>461236</x:v>
+        <x:v>597435</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>584</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>242</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>244</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>13253</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>576307</x:v>
+        <x:v>595060</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>417</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>354</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>589591</x:v>
+        <x:v>595074</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>222</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>585</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>38159</x:v>
+        <x:v>40290</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>13253</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>581235</x:v>
+        <x:v>575016</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>35913</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>242</x:v>
-[...2 lines deleted...]
-        <x:v>243</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>581245</x:v>
+        <x:v>596497</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>587</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="J310" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>32602</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>615897</x:v>
+        <x:v>595017</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>234</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>239</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>597435</x:v>
+        <x:v>595020</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>236</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>239</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>41062</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>596497</x:v>
+        <x:v>595037</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>595017</x:v>
+        <x:v>595048</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C314" s="15" t="s"/>
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C314" s="15" t="n">
+        <x:v>38159</x:v>
+      </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>590</x:v>
-[...1 lines deleted...]
-      <x:c r="H314" s="14" t="s"/>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s">
+        <x:v>243</x:v>
+      </x:c>
       <x:c r="I314" s="16" t="s">
-        <x:v>591</x:v>
-[...1 lines deleted...]
-      <x:c r="J314" s="14" t="s"/>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="J314" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K314" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>595020</x:v>
+        <x:v>581235</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C315" s="3" t="s"/>
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C315" s="3" t="n">
+        <x:v>38159</x:v>
+      </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H315" s="0" t="s">
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="J315" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>595037</x:v>
+        <x:v>581245</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>40290</x:v>
+        <x:v>40177</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>242</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32602</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>575016</x:v>
+        <x:v>615897</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -21092,491 +21093,491 @@
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>546523</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
-        <x:v>222</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>605</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="H324" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
-      <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>603</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>13113</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>603</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>558084</x:v>
+        <x:v>599733</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
-      <x:c r="E325" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>610</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="Q325" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="Q325" s="4" t="s">
+      <x:c r="R325" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="R325" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>547476</x:v>
+        <x:v>595057</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="H326" s="14" t="s"/>
+      <x:c r="I326" s="16" t="s">
         <x:v>614</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>598</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="Q326" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="Q326" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>608203</x:v>
+        <x:v>547476</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="C327" s="3" t="s"/>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C327" s="3" t="n">
+        <x:v>40998</x:v>
+      </x:c>
       <x:c r="D327" s="3" t="s"/>
+      <x:c r="E327" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="J327" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>13113</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>599733</x:v>
+        <x:v>608203</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
-        <x:v>40998</x:v>
+        <x:v>34734</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>614</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>507607</x:v>
+        <x:v>558084</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>622</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>614</x:v>
-[...2 lines deleted...]
-        <x:v>615</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>598</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>32043</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>567430</x:v>
+        <x:v>595063</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C330" s="15" t="s"/>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C330" s="15" t="n">
+        <x:v>40998</x:v>
+      </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>623</x:v>
-[...1 lines deleted...]
-      <x:c r="H330" s="14" t="s"/>
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="H330" s="14" t="s">
+        <x:v>619</x:v>
+      </x:c>
       <x:c r="I330" s="16" t="s">
-        <x:v>624</x:v>
-[...1 lines deleted...]
-      <x:c r="J330" s="14" t="s"/>
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="J330" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K330" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>624</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>595063</x:v>
+        <x:v>507607</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C331" s="3" t="s"/>
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="C331" s="3" t="n">
+        <x:v>40998</x:v>
+      </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="H331" s="0" t="s">
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="J331" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>595057</x:v>
+        <x:v>567430</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
@@ -22039,137 +22040,137 @@
       <x:c r="R340" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>581370</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>571997</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>571999</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
@@ -22820,146 +22821,146 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>613749</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>644</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>567429</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>559042</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
@@ -22999,74 +23000,74 @@
       <x:c r="R357" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>592824</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>595633</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
@@ -23276,75 +23277,75 @@
         <x:v>674</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>595041</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>595053</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -23497,78 +23498,78 @@
       <x:c r="S366" s="14" t="n">
         <x:v>578841</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>516442</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
@@ -23828,97 +23829,97 @@
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>595080</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>558101</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
@@ -24161,78 +24162,78 @@
       <x:c r="R378" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>562793</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>587413</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
@@ -24377,72 +24378,72 @@
         <x:v>696</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>499360</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>595632</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
@@ -24599,138 +24600,138 @@
       <x:c r="S386" s="14" t="n">
         <x:v>592826</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>610</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>612</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>547477</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>612</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>612</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>596332</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
@@ -25050,78 +25051,78 @@
       <x:c r="R394" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>597446</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H395" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>587414</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
@@ -25327,76 +25328,76 @@
         <x:v>595014</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>595051</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>715</x:v>
@@ -25478,78 +25479,78 @@
       <x:c r="R402" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>595066</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>554013</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
@@ -25587,97 +25588,97 @@
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>608665</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>558100</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>725</x:v>