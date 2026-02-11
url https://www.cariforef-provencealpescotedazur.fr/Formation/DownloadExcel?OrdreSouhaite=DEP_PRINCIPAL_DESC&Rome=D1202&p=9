--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -326,89 +326,89 @@
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coiffure - chignons et attaches</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Privée des Arts de la Coiffure et de l'Esthétique Kupélian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP M Casarès</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation coiffure coupe couleur (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spécialisation coiffure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP coiffure (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BM coiffeur (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Spécialisation coiffure</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LP M Casarès</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Bac pro métiers de la coiffure (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Privée des Arts de la Coiffure et de l'Esthétique Kupélian</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Artisan , Salarié de l'artisanat , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ombre hair</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
@@ -743,74 +743,74 @@
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ambassaderm</x:t>
   </x:si>
   <x:si>
     <x:t>83830</x:t>
   </x:si>
   <x:si>
     <x:t>FIGANIERES</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la coiffure (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Cma Formation La Valette du Var</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur|Cma Formation Saint Maximin</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
@@ -995,134 +995,134 @@
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Phocea R Attoyan</x:t>
   </x:si>
   <x:si>
     <x:t>École Terrade Les Pennes-Mirabeau</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École Terrade Salon-de-Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>École Terrade Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi moins de 26 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6ème Sens Formation - Académie Coiffure Beauté Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les fondamentaux de l'apprentissage des cheveux bouclés, frisés, crépus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artisan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>École Terrade Marseille</x:t>
-[...5 lines deleted...]
-    <x:t>09/03/2024 00:00:00</x:t>
+    <x:t>Silvya Terrade Sud Est|Silvya Terrade Sud Est - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prothésiste capillaire homme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H.K.S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commerçant , Demandeur d'emploi , Formateur , Jeune 16-25 ans , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Privat</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
-    <x:t>08/27/2024 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>05/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Les fondamentaux de l'apprentissage des cheveux bouclés, frisés, crépus</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Seven Life</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
@@ -1373,54 +1373,54 @@
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jacques Dolle</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Prothèses et compléments capillaires hommes</x:t>
   </x:si>
   <x:si>
     <x:t>LP Magnan</x:t>
   </x:si>
   <x:si>
+    <x:t>06/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CS - Certificat de spécialisation - Coiffure Coupe Couleur (Ex Mention Complémentaire)</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro métiers de la coiffure (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
@@ -3398,149 +3398,147 @@
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>615309</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>76</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P26" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="Q26" s="16" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>501896</x:v>
+        <x:v>555611</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="I27" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="Q27" s="4" t="s">
+      <x:c r="R27" s="0" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>597087</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -3564,93 +3562,93 @@
       <x:c r="M28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>575105</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>544966</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
@@ -3693,389 +3691,393 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>552739</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>600291</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>603642</x:v>
+        <x:v>603608</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>76</x:v>
-[...2 lines deleted...]
-        <x:v>77</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>607536</x:v>
+        <x:v>603642</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>603608</x:v>
+        <x:v>607536</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>495689</x:v>
+        <x:v>501896</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s"/>
+      <x:c r="E36" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>597073</x:v>
+        <x:v>495689</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -4102,220 +4104,218 @@
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>599119</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>599123</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
-      <x:c r="E39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>555611</x:v>
+        <x:v>497680</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>61</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>497680</x:v>
+        <x:v>597073</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4336,51 +4336,51 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>529118</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
@@ -4454,206 +4454,206 @@
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>603641</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>497944</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>555610</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>564180</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>52</x:v>
@@ -4966,82 +4966,82 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>529134</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>575108</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
@@ -5082,51 +5082,51 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>549482</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>56</x:v>
@@ -5142,86 +5142,86 @@
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>552708</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>552743</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
@@ -5311,51 +5311,51 @@
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>499351</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -5376,202 +5376,202 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>555125</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>575100</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>499267</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>607573</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
@@ -5602,51 +5602,51 @@
       <x:c r="L63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>497947</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>77</x:v>
@@ -5663,99 +5663,99 @@
       <x:c r="L64" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>501967</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="P65" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>555613</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
@@ -5791,203 +5791,203 @@
       <x:c r="R66" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>590120</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="I67" s="4" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="Q67" s="4" t="s">
+      <x:c r="R67" s="0" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>594238</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>495693</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>495713</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -6162,84 +6162,84 @@
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>581580</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>549483</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
@@ -6267,62 +6267,62 @@
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>499324</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -6443,51 +6443,51 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>595144</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>43</x:v>
@@ -6500,86 +6500,86 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>549460</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>552699</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
@@ -6615,51 +6615,51 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>616228</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
@@ -6676,88 +6676,88 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>599117</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>555600</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
@@ -6818,51 +6818,51 @@
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>591301</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
@@ -6875,51 +6875,51 @@
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>616232</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
@@ -7068,149 +7068,149 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>500905</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>501905</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>555602</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
@@ -7252,78 +7252,78 @@
       <x:c r="R92" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>603628</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>564181</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
@@ -7388,116 +7388,116 @@
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>595318</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>445633</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
@@ -7974,112 +7974,112 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>554979</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>502140</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>56</x:v>
@@ -8504,51 +8504,51 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>547151</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>43</x:v>
@@ -8622,51 +8622,51 @@
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>604821</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>56</x:v>
@@ -8766,51 +8766,51 @@
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>599186</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
@@ -9134,110 +9134,110 @@
       <x:c r="L125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>501725</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>498154</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -9264,51 +9264,51 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>553217</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
@@ -9382,51 +9382,51 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>588530</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
@@ -9443,51 +9443,51 @@
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>611024</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>43</x:v>
@@ -9722,101 +9722,101 @@
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>606667</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>501780</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9954,51 +9954,51 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>553277</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -10062,112 +10062,112 @@
       <x:c r="L141" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>498546</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>502135</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -10307,86 +10307,86 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>546823</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>604857</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
@@ -10560,51 +10560,51 @@
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>599183</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
@@ -10694,51 +10694,51 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>601619</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>43</x:v>
@@ -10751,51 +10751,51 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>601620</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -11195,51 +11195,51 @@
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>606668</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -11254,51 +11254,51 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>506114</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>56</x:v>
@@ -11314,51 +11314,51 @@
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>604158</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -11373,51 +11373,51 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>496134</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>43</x:v>
@@ -11430,51 +11430,51 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>497212</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -11604,51 +11604,51 @@
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>553278</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>56</x:v>
@@ -11664,101 +11664,101 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>553322</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>501527</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -12072,51 +12072,51 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>599191</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>56</x:v>
@@ -12298,51 +12298,51 @@
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>498179</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -12358,123 +12358,123 @@
       <x:c r="L181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>501583</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>553707</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>43</x:v>
@@ -12487,99 +12487,99 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>601998</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>518539</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -12606,86 +12606,86 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>604853</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>604825</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
@@ -12751,100 +12751,100 @@
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>599185</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>599188</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
@@ -13191,51 +13191,51 @@
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>595322</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
@@ -13444,206 +13444,206 @@
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>601409</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>604190</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>553195</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>553224</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
@@ -13675,62 +13675,62 @@
       <x:c r="L204" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>501828</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>56</x:v>
@@ -13802,1191 +13802,1194 @@
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>554417</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="C207" s="3" t="s"/>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C207" s="3" t="n">
+        <x:v>38231</x:v>
+      </x:c>
       <x:c r="D207" s="3" t="s"/>
+      <x:c r="E207" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="J207" s="0" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>599184</x:v>
+        <x:v>546818</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="C208" s="15" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C208" s="15" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D208" s="15" t="s"/>
-      <x:c r="E208" s="14" t="s"/>
+      <x:c r="E208" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>153</x:v>
-[...1 lines deleted...]
-      <x:c r="J208" s="14" t="s"/>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="J208" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>599187</x:v>
+        <x:v>564607</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="C209" s="3" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C209" s="3" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D209" s="3" t="s"/>
+      <x:c r="E209" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="J209" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>599194</x:v>
+        <x:v>602609</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>564607</x:v>
+        <x:v>602610</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>509536</x:v>
+        <x:v>553698</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>76</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>604203</x:v>
+        <x:v>554970</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>554970</x:v>
+        <x:v>606661</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>126</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>606661</x:v>
+        <x:v>599184</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>95</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
-      <x:c r="E215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>554400</x:v>
+        <x:v>599187</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>178</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>454949</x:v>
+        <x:v>599194</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>501677</x:v>
+        <x:v>604203</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>76</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>553198</x:v>
+        <x:v>554400</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>553226</x:v>
+        <x:v>454949</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>165</x:v>
-[...1 lines deleted...]
-      <x:c r="H220" s="14" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>602001</x:v>
+        <x:v>501677</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>549002</x:v>
+        <x:v>553198</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="H222" s="14" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H222" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>546818</x:v>
+        <x:v>553226</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>602609</x:v>
+        <x:v>549002</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>602610</x:v>
+        <x:v>602001</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
-      <x:c r="E225" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>553698</x:v>
+        <x:v>523530</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s"/>
+      <x:c r="E226" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>523530</x:v>
+        <x:v>509536</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15053,51 +15056,51 @@
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>606663</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>56</x:v>
@@ -15446,62 +15449,62 @@
       <x:c r="L235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>502184</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
@@ -15753,51 +15756,51 @@
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>601623</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>43</x:v>
@@ -15810,51 +15813,51 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>547137</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -16047,86 +16050,86 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>506092</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>553282</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
@@ -16703,51 +16706,51 @@
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>595320</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
@@ -16954,51 +16957,51 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>554545</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -17070,260 +17073,260 @@
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>549187</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>549188</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>498193</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>498248</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>572424</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
@@ -17364,51 +17367,51 @@
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>554415</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>43</x:v>
@@ -17421,51 +17424,51 @@
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>506103</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
@@ -17601,51 +17604,51 @@
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>555012</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
@@ -17658,51 +17661,51 @@
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>606004</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -17949,108 +17952,108 @@
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>611617</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>611618</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -18065,51 +18068,51 @@
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>609219</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>43</x:v>
@@ -18172,51 +18175,51 @@
       <x:c r="L282" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>498726</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -18854,2167 +18857,2169 @@
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>597077</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
-      <x:c r="E295" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>494870</x:v>
+        <x:v>597088</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
-      <x:c r="E296" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>559103</x:v>
+        <x:v>567067</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>597088</x:v>
+        <x:v>495204</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
-      <x:c r="E298" s="14" t="s"/>
+      <x:c r="E298" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>567067</x:v>
+        <x:v>504763</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
+      <x:c r="E299" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>495204</x:v>
+        <x:v>504764</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>504763</x:v>
+        <x:v>504784</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>504764</x:v>
+        <x:v>504788</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>504784</x:v>
+        <x:v>504819</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>504788</x:v>
+        <x:v>504825</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>269</x:v>
-[...1 lines deleted...]
-      <x:c r="H304" s="14" t="s"/>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H304" s="14" t="s">
+        <x:v>281</x:v>
+      </x:c>
       <x:c r="I304" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>504819</x:v>
+        <x:v>584160</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="H305" s="0" t="s">
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>504825</x:v>
+        <x:v>547393</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>493120</x:v>
+        <x:v>606006</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>506038</x:v>
+        <x:v>606033</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>606006</x:v>
+        <x:v>545796</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>606033</x:v>
+        <x:v>506038</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
-      <x:c r="E310" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>318</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>545796</x:v>
+        <x:v>586505</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>602407</x:v>
+        <x:v>600562</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>609229</x:v>
+        <x:v>549155</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>609249</x:v>
+        <x:v>549162</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>609250</x:v>
+        <x:v>494870</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>321</x:v>
-[...1 lines deleted...]
-      <x:c r="C315" s="3" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C315" s="3" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D315" s="3" t="s"/>
+      <x:c r="E315" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="J315" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>586505</x:v>
+        <x:v>559103</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>280</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>584160</x:v>
+        <x:v>554406</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>325</x:v>
-[...2 lines deleted...]
-        <x:v>271</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>547393</x:v>
+        <x:v>554468</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
-      <x:c r="E318" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>549155</x:v>
+        <x:v>597072</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
-      <x:c r="E319" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>549162</x:v>
+        <x:v>567043</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
-      <x:c r="E320" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>600562</x:v>
+        <x:v>567047</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
-      <x:c r="E321" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>554406</x:v>
+        <x:v>567082</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>273</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>597072</x:v>
+        <x:v>615288</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
-      <x:c r="E323" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>554468</x:v>
+        <x:v>597075</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>328</x:v>
-[...1 lines deleted...]
-      <x:c r="C324" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C324" s="15" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>330</x:v>
-[...1 lines deleted...]
-      <x:c r="J324" s="14" t="s"/>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="J324" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K324" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>615288</x:v>
+        <x:v>597089</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
+      <x:c r="E325" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>597075</x:v>
+        <x:v>493120</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
-      <x:c r="E326" s="14" t="s"/>
+      <x:c r="E326" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>597089</x:v>
+        <x:v>609229</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
+      <x:c r="E327" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>567043</x:v>
+        <x:v>609249</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
-      <x:c r="E328" s="14" t="s"/>
+      <x:c r="E328" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>567047</x:v>
+        <x:v>609250</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
+      <x:c r="E329" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>567082</x:v>
+        <x:v>504777</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>504777</x:v>
+        <x:v>504817</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>504817</x:v>
+        <x:v>602407</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -21029,51 +21034,51 @@
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>572426</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>43</x:v>
@@ -21086,51 +21091,51 @@
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>495215</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -21145,51 +21150,51 @@
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>554399</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>43</x:v>
@@ -21202,90 +21207,90 @@
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>554402</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>498026</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
@@ -21307,51 +21312,51 @@
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>498256</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
         <x:v>281</x:v>
@@ -21368,119 +21373,119 @@
       <x:c r="L338" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>584163</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>549153</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -21495,51 +21500,51 @@
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>549154</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>104</x:v>
@@ -21773,51 +21778,51 @@
       <x:c r="M345" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>540878</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
@@ -22639,51 +22644,51 @@
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>613496</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
@@ -22810,74 +22815,74 @@
         <x:v>138</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>567086</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>104</x:v>
@@ -23006,51 +23011,51 @@
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>609246</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I368" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
@@ -23254,99 +23259,99 @@
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>548624</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>597085</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>43</x:v>
@@ -23359,51 +23364,51 @@
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>611611</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -23418,51 +23423,51 @@
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>606011</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>43</x:v>
@@ -23534,100 +23539,100 @@
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>606041</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>606044</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
@@ -23684,54 +23689,54 @@
       <x:c r="G379" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>493138</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
@@ -23743,66 +23748,66 @@
         <x:v>246</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>494871</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -23877,100 +23882,100 @@
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>567040</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>454657</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
         <x:v>180</x:v>
@@ -23995,103 +24000,103 @@
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>454948</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>547369</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
@@ -24114,51 +24119,51 @@
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>600560</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
@@ -24171,51 +24176,51 @@
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>549157</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -24346,227 +24351,227 @@
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>549182</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>553721</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>555001</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>555004</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -24581,51 +24586,51 @@
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>606007</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>104</x:v>
@@ -24638,90 +24643,90 @@
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>606008</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>545794</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
@@ -24754,51 +24759,51 @@
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>606039</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -24997,84 +25002,84 @@
         <x:v>504826</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>600352</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -25104,51 +25109,51 @@
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>609248</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -25163,51 +25168,51 @@
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>609266</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>43</x:v>
@@ -25220,84 +25225,84 @@
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>555002</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>555009</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
@@ -25347,101 +25352,101 @@
         <x:v>506078</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>496960</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>43</x:v>
@@ -25454,51 +25459,51 @@
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>606005</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -25678,92 +25683,92 @@
       <x:c r="M413" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>606053</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>611609</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
@@ -25802,110 +25807,110 @@
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>611613</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>549152</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
@@ -26023,62 +26028,62 @@
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>498266</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -26201,51 +26206,51 @@
       <x:c r="M422" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>554462</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -26881,51 +26886,51 @@
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>573797</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
@@ -27113,88 +27118,88 @@
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>606037</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>559093</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
@@ -27521,75 +27526,75 @@
       <x:c r="T445" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>597078</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
@@ -27655,54 +27660,54 @@
         <x:v>246</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>547790</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
@@ -27738,110 +27743,110 @@
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>583781</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>504767</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>29</x:v>
@@ -27911,51 +27916,51 @@
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>569933</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>43</x:v>
@@ -28001,66 +28006,66 @@
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>555003</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
@@ -28084,51 +28089,51 @@
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>555007</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -28319,82 +28324,82 @@
         <x:v>568270</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>598842</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -28424,95 +28429,95 @@
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>598908</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>600306</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -28712,51 +28717,51 @@
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>504822</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>43</x:v>
@@ -28769,51 +28774,51 @@
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>504778</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -28946,89 +28951,89 @@
         <x:v>614596</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>587712</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -29097,84 +29102,84 @@
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>595145</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>549151</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
@@ -29267,51 +29272,51 @@
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>597081</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>43</x:v>
@@ -29440,84 +29445,84 @@
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>549180</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>549190</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
@@ -29752,51 +29757,51 @@
       <x:c r="G485" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>567079</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
@@ -29992,62 +29997,62 @@
       <x:c r="L489" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>583376</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -30232,218 +30237,218 @@
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>612515</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>606042</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>606043</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>606046</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -30461,51 +30466,51 @@
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>597080</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -30624,108 +30629,108 @@
       <x:c r="L500" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>498211</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="E501" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>498252</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -30862,82 +30867,82 @@
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>549184</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>549189</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
@@ -30969,54 +30974,54 @@
       <x:c r="L506" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>498542</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -31137,62 +31142,62 @@
       <x:c r="L509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>495261</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -31207,51 +31212,51 @@
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>572425</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>104</x:v>
@@ -31323,82 +31328,82 @@
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>572439</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>572442</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
@@ -31439,51 +31444,51 @@
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>554469</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>43</x:v>
@@ -31612,90 +31617,90 @@
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>599226</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>604367</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
@@ -31705,54 +31710,54 @@
       <x:c r="G519" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>604373</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
@@ -31776,51 +31781,51 @@
       <x:c r="L520" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>506104</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -31892,51 +31897,51 @@
       <x:c r="L522" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>495210</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -31960,110 +31965,110 @@
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>554418</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>504766</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
@@ -32076,51 +32081,51 @@
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>504787</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -32419,51 +32424,51 @@
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>577441</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -32478,91 +32483,91 @@
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>504776</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="E533" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>598840</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
@@ -32592,51 +32597,51 @@
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>568288</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>43</x:v>
@@ -32716,84 +32721,84 @@
       <x:c r="S536" s="14" t="n">
         <x:v>614592</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>600340</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
@@ -32877,101 +32882,101 @@
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>614575</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I540" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>496906</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -32981,51 +32986,51 @@
       <x:c r="L541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>492699</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
@@ -33051,141 +33056,141 @@
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>554998</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>555008</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>555013</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
@@ -33283,100 +33288,100 @@
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>506100</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>506102</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33508,145 +33513,145 @@
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>612751</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>506121</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>512716</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
@@ -33845,108 +33850,108 @@
       <x:c r="L556" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>502210</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>517322</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
@@ -34060,51 +34065,51 @@
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>595321</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
@@ -34143,51 +34148,51 @@
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>601094</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -34202,51 +34207,51 @@
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>601125</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>43</x:v>
@@ -34259,51 +34264,51 @@
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>601129</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -34318,100 +34323,100 @@
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>601130</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>496739</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
@@ -34541,51 +34546,51 @@
       <x:c r="L568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>504545</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
@@ -34840,101 +34845,101 @@
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>609615</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I574" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>515501</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -34950,51 +34955,51 @@
       <x:c r="L575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>515512</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -35240,51 +35245,51 @@
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>567100</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="E581" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>28</x:v>
@@ -35385,51 +35390,51 @@
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>613853</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
@@ -35532,112 +35537,112 @@
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>553303</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I586" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>553293</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="E587" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>43</x:v>
@@ -35713,51 +35718,51 @@
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>583966</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="E589" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>43</x:v>
@@ -36052,97 +36057,97 @@
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>506080</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="E595" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>506108</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
@@ -36168,111 +36173,111 @@
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>601093</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>615512</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I598" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
@@ -36343,51 +36348,51 @@
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>597086</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -36459,112 +36464,112 @@
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
         <x:v>607288</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I602" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K602" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
         <x:v>502204</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="E603" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>43</x:v>
@@ -36691,51 +36696,51 @@
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>601334</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -36750,51 +36755,51 @@
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>556684</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>43</x:v>
@@ -36923,112 +36928,112 @@
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>558135</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I610" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>556494</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>43</x:v>
@@ -37041,86 +37046,86 @@
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>607294</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I612" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>608277</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
@@ -37162,51 +37167,51 @@
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>547259</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -37221,51 +37226,51 @@
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>609218</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="E615" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>43</x:v>
@@ -37339,100 +37344,100 @@
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
         <x:v>605609</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="E617" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
         <x:v>504510</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -37479,51 +37484,51 @@
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C619" s="3" t="s"/>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>613849</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
@@ -37722,51 +37727,51 @@
       <x:c r="M623" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>496793</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
@@ -37905,51 +37910,51 @@
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
         <x:v>566904</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="E627" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>28</x:v>
@@ -37965,51 +37970,51 @@
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>459192</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -38021,676 +38026,675 @@
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
         <x:v>544986</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
+      <x:c r="E629" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G629" s="0" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>160</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>554005</x:v>
+        <x:v>601127</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
-      <x:c r="E630" s="14" t="s"/>
+      <x:c r="E630" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K630" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>521661</x:v>
+        <x:v>505886</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
+      <x:c r="E631" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="G631" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>600614</x:v>
+        <x:v>505892</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s"/>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>610015</x:v>
+        <x:v>521661</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
-      <x:c r="E633" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G633" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>599059</x:v>
+        <x:v>600614</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
-      <x:c r="E634" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>554465</x:v>
+        <x:v>610015</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
-      <x:c r="E635" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G635" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>553302</x:v>
+        <x:v>554005</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C636" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K636" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>601127</x:v>
+        <x:v>599059</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="E637" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>505886</x:v>
+        <x:v>554465</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
-        <x:v>390</x:v>
-[...1 lines deleted...]
-      <x:c r="H638" s="14" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H638" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="I638" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>505892</x:v>
+        <x:v>553302</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
         <x:v>544987</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -38938,51 +38942,51 @@
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
         <x:v>459053</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="E645" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>43</x:v>
@@ -39043,51 +39047,51 @@
       <x:c r="L646" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
         <x:v>517312</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="E647" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
@@ -39216,51 +39220,51 @@
       <x:c r="L649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
         <x:v>506109</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
@@ -39390,57 +39394,57 @@
       <x:c r="K652" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
-        <x:v>502061</x:v>
+        <x:v>552884</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="E653" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -39450,65 +39454,65 @@
       <x:c r="K653" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
-        <x:v>552884</x:v>
+        <x:v>502061</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I654" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K654" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
@@ -39585,86 +39589,86 @@
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>604241</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I656" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>604251</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
@@ -39816,54 +39820,54 @@
       <x:c r="L659" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>498550</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I660" s="16" t="s">
         <x:v>180</x:v>
@@ -39888,172 +39892,172 @@
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>454950</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>552899</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H662" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I662" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J662" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K662" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L662" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
         <x:v>502016</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="E663" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>56</x:v>
@@ -40119,90 +40123,90 @@
       <x:c r="L664" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
         <x:v>502320</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="G665" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
         <x:v>553802</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
@@ -40215,51 +40219,51 @@
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
         <x:v>595319</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
@@ -40351,51 +40355,51 @@
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
         <x:v>616265</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="E669" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>56</x:v>
@@ -40470,51 +40474,51 @@
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>547659</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="E671" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>43</x:v>
@@ -40527,86 +40531,86 @@
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>495274</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I672" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>552785</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
@@ -40642,51 +40646,51 @@
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>543683</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I674" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K674" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
@@ -40757,82 +40761,82 @@
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>597082</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K676" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>543684</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
@@ -41053,100 +41057,100 @@
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
         <x:v>552832</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="E681" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H681" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
         <x:v>502234</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s">
         <x:v>179</x:v>
@@ -41234,86 +41238,86 @@
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>604754</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I684" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K684" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>604766</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
@@ -41402,54 +41406,54 @@
       <x:c r="L686" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
         <x:v>498554</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -41529,108 +41533,108 @@
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
         <x:v>544947</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="E689" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J689" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
         <x:v>605972</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K690" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -41867,170 +41871,170 @@
       </x:c>
       <x:c r="P694" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
         <x:v>581755</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="E695" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H695" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
         <x:v>502267</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K696" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
         <x:v>547663</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="E697" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>43</x:v>