--- v0 (2026-02-09)
+++ v1 (2026-02-10)
@@ -359,83 +359,83 @@
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pierre Le Roy de Boiseaumarié - Château Mongin (Lycée Professionnel Agricole et Viticole d'Orange)</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>Travailler à plusieurs en agriculture : gestion des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formaliser son étude économique agricole et son plan d'entreprise dans le cadre d'une demande de financement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ouvrier en entreprise de sélection de semences agricoles (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Etablissement Public Local d'Enseignement et de Formation Professionnelle Agricoles Louis Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>EPLEFPA</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formaliser son étude économique agricole et son plan d'entreprise dans le cadre d'une demande de financement</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BP option responsable d'entreprise agricole</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>Stage en exploitation agricole - Plan de Professionnalisation Personnalisé (PPP)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre Départementale d'Agriculture du Var</x:t>
@@ -446,59 +446,59 @@
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
+    <x:t>05/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/02/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Compétences climat permaculture : ouvrier polyvalent maraîchage et arboriculture</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>Permaculture</x:t>
   </x:si>
   <x:si>
     <x:t>Delta Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP option responsable d'entreprise agricole - Apiculture, maraîchage, viticulture, horticulture</x:t>
@@ -584,173 +584,173 @@
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien entrepreneur en agriculture (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Beauchamp</x:t>
   </x:si>
   <x:si>
     <x:t>13630</x:t>
   </x:si>
   <x:si>
     <x:t>EYRAGUES</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jardin écologique, du design au chantier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cultures Permanentes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA agronomie et cultures durables</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA d'Aix-Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA analyse, conduite et stratégie de l'entreprise agricole (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Découverte des métiers de l'agriculture et de l'aménagement paysager</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>Berger vacher transhumant</x:t>
   </x:si>
   <x:si>
     <x:t>Élevage</x:t>
   </x:si>
   <x:si>
     <x:t>L'Institut Agro</x:t>
   </x:si>
   <x:si>
     <x:t>75116</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Compétences climat : agroécologie et adaptation aux changements</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de Formation Professionnelle et de Promotion Agricole Antibes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
-    <x:t>Compétences climat : agroécologie et adaptation aux changements</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>BP option responsable d'entreprise agricole BC06 Transformer la production animale ou végétale, ou mettre en œuvre une activité ou une prestation de service, ou réaliser les opérations de conduite d'un atelier de production animale ou végétale</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
@@ -758,108 +758,108 @@
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association Départementale pour la Formation et le Perfectionnement des Agriculteurs des Hautes Alpes</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Stage installation en agriculture</x:t>
   </x:si>
   <x:si>
     <x:t>ADFPA 05</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée d'Enseignement Général et Technologique Agricole Carmejane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
+  </x:si>
+  <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stage parrainage en exploitation agricole</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre Départementale d'Agriculture des Alpes de Haute Provence</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Carmejane</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Centre de formation Professionnelle et de Promotion Agricole Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>BP option responsable d'entreprise agricole BC04 Assurer la gestion technico-économique, financière et administrative de l’entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>FORCALQUIER</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
@@ -2256,165 +2256,167 @@
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>549863</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>96</x:v>
-[...1 lines deleted...]
-      <x:c r="C16" s="15" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C16" s="15" t="n">
+        <x:v>36936</x:v>
+      </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
-        <x:v>97</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>51</x:v>
-[...1 lines deleted...]
-      <x:c r="J16" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J16" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>21054</x:v>
+        <x:v>21022</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>599078</x:v>
+        <x:v>605829</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>605829</x:v>
+        <x:v>549652</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>36936</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>38</x:v>
@@ -2425,224 +2427,224 @@
       <x:c r="K18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>549652</x:v>
+        <x:v>615034</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>36936</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>21022</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>615034</x:v>
+        <x:v>496447</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>78</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>67</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21060</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>496447</x:v>
+        <x:v>614907</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
+      <x:c r="E21" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>21060</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>614907</x:v>
+        <x:v>599078</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -2999,106 +3001,106 @@
       <x:c r="K28" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21060</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>599372</x:v>
+        <x:v>614021</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>21060</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>614021</x:v>
+        <x:v>599372</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="U29" s="4" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G30" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>130</x:v>
@@ -3712,1039 +3714,1041 @@
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>607246</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>73</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
-      <x:c r="E41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-        <x:v>66</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>605821</x:v>
+        <x:v>595476</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>174</x:v>
-[...1 lines deleted...]
-      <x:c r="C42" s="15" t="s"/>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C42" s="15" t="n">
+        <x:v>38093</x:v>
+      </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s"/>
-      <x:c r="F42" s="14" t="s"/>
+      <x:c r="E42" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F42" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G42" s="14" t="s">
-        <x:v>147</x:v>
-[...1 lines deleted...]
-      <x:c r="H42" s="14" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>148</x:v>
-[...1 lines deleted...]
-      <x:c r="J42" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J42" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="P42" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="R42" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="S42" s="14" t="n">
+        <x:v>583537</x:v>
+      </x:c>
+      <x:c r="T42" s="16" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="U42" s="16" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>58</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>155</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21018</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>596659</x:v>
+        <x:v>614010</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>176</x:v>
-[...1 lines deleted...]
-      <x:c r="C44" s="15" t="s"/>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C44" s="15" t="n">
+        <x:v>36936</x:v>
+      </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
+      <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="J44" s="14" t="s"/>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="J44" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>21054</x:v>
+        <x:v>21022</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>583539</x:v>
+        <x:v>596453</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>599634</x:v>
+        <x:v>549027</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>140</x:v>
-[...1 lines deleted...]
-      <x:c r="H46" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>554250</x:v>
+        <x:v>605819</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38316</x:v>
+        <x:v>38650</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>143</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>558670</x:v>
+        <x:v>506183</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E48" s="14" t="s"/>
+      <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>583537</x:v>
+        <x:v>596659</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>182</x:v>
-[...1 lines deleted...]
-      <x:c r="C49" s="3" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C49" s="3" t="n">
+        <x:v>38316</x:v>
+      </x:c>
       <x:c r="D49" s="3" t="s"/>
+      <x:c r="E49" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>21018</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>614010</x:v>
+        <x:v>558670</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="C50" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s"/>
-      <x:c r="F50" s="14" t="s"/>
+      <x:c r="E50" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F50" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G50" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>21022</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="Q50" s="16" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="R50" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="S50" s="14" t="n">
+        <x:v>583539</x:v>
+      </x:c>
+      <x:c r="T50" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="Q50" s="16" t="s">
+      <x:c r="U50" s="16" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>549027</x:v>
+        <x:v>599634</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>605819</x:v>
+        <x:v>554250</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38650</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>506183</x:v>
+        <x:v>496599</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>36853</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E54" s="14" t="s"/>
+      <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>21056</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>584714</x:v>
+        <x:v>596657</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G55" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>596657</x:v>
+        <x:v>512505</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>496599</x:v>
+        <x:v>605821</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>38316</x:v>
+        <x:v>36853</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F57" s="0" t="s">
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21056</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>512505</x:v>
+        <x:v>584714</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G58" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -4760,51 +4764,51 @@
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>583536</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -4875,51 +4879,51 @@
       <x:c r="J60" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>605820</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5010,165 +5014,165 @@
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>506312</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>73</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F63" s="0" t="s">
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-        <x:v>59</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>496389</x:v>
+        <x:v>583522</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>206</x:v>
-[...1 lines deleted...]
-      <x:c r="C64" s="15" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="n">
+        <x:v>38093</x:v>
+      </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
-        <x:v>47</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>208</x:v>
-[...1 lines deleted...]
-      <x:c r="J64" s="14" t="s"/>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="J64" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>583522</x:v>
+        <x:v>496389</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
@@ -5225,51 +5229,51 @@
       <x:c r="J66" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>549860</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5285,348 +5289,348 @@
       <x:c r="J67" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>605818</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="Q68" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>609028</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>595477</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G70" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q70" s="16" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>583523</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q71" s="4" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>583525</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G72" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q72" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="Q72" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>583521</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -5759,330 +5763,332 @@
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>584302</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>38316</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
-        <x:v>35</x:v>
-[...1 lines deleted...]
-      <x:c r="F76" s="14" t="s"/>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F76" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G76" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>555718</x:v>
+        <x:v>583942</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>38316</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
+      <x:c r="E77" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>596660</x:v>
+        <x:v>606808</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E78" s="14" t="s"/>
+      <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>231</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>583942</x:v>
+        <x:v>596660</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>38093</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>606808</x:v>
+        <x:v>555718</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>605790</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
@@ -6174,94 +6180,94 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>549796</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>41658</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>21056</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>613977</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
@@ -6287,345 +6293,345 @@
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>602668</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>35369</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>575963</x:v>
+        <x:v>496451</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>605816</x:v>
+        <x:v>549799</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>35369</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>549868</x:v>
+        <x:v>575963</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>549799</x:v>
+        <x:v>605816</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>496451</x:v>
+        <x:v>549868</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -6653,81 +6659,81 @@
       <x:c r="R90" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>596693</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>590137</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
@@ -6741,54 +6747,54 @@
       <x:c r="H92" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>605827</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39065</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
@@ -6801,54 +6807,54 @@
       <x:c r="H93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>21040</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>605907</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
@@ -6862,174 +6868,174 @@
       <x:c r="H94" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>496393</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>583941</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>596654</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
@@ -7042,51 +7048,51 @@
       <x:c r="I97" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>615318</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
@@ -7098,51 +7104,51 @@
       <x:c r="I98" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s"/>
       <x:c r="S98" s="14" t="n">
         <x:v>615326</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>