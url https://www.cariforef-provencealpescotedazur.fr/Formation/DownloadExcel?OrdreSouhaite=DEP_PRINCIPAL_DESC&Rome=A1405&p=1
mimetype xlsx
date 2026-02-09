--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -470,132 +470,132 @@
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Electronique embarquée et barre de guidage : apprendre à s'en servir</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Greffage des arbres fruitiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Production fruits</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
-    <x:t>Greffage des arbres fruitiers</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Soudure adaptée en viticulture – Fabriquer son rouleau faca avec l'atelier paysan</x:t>
   </x:si>
   <x:si>
     <x:t>Conjoint collaborateur d'exploitant agricole , Exploitant agricole, salarié agricole , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation polyculture (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole métiers de l'agriculture spécialisation élevage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Taille / entretien des arbres fruitiers (dont oliviers) et entretien de l'espace rural</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Taille arbre</x:t>
   </x:si>
   <x:si>
     <x:t>Etablissement Public Local d'Enseignement et de Formation Professionnelle Agricoles de Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Conduire son verger en  agriculture biologique et/ou raisonnée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greffer ses oliviers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maîtriser la pulvérisation en viticulture pour réduire les intrants et respecter la réglementation</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro conduite de productions horticoles (arbres, arbustes, fruits, fleurs, légumes)</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Tailler ses arbres fruitiers</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Tailler ses oliviers</x:t>
   </x:si>
   <x:si>
     <x:t>GASSIN</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
@@ -2776,163 +2776,161 @@
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>496553</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>36773</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s"/>
+      <x:c r="E26" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>21054</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596451</x:v>
+        <x:v>496549</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>36773</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
-      <x:c r="E27" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>496549</x:v>
+        <x:v>596451</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>29259</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>26</x:v>
@@ -3882,153 +3880,152 @@
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>579542</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>21053</x:v>
+        <x:v>21037</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>596664</x:v>
+        <x:v>588447</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="C46" s="15" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="n">
+        <x:v>38077</x:v>
+      </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>122</x:v>
-[...1 lines deleted...]
-      <x:c r="J46" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>21037</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>588447</x:v>
+        <x:v>596664</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
@@ -4408,260 +4405,260 @@
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>21053</x:v>
+        <x:v>21037</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>584796</x:v>
+        <x:v>579431</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>100</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>21027</x:v>
+        <x:v>21037</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>596652</x:v>
+        <x:v>579457</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>21037</x:v>
+        <x:v>21053</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>579431</x:v>
+        <x:v>584796</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="C57" s="3" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="n">
+        <x:v>38881</x:v>
+      </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>21037</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>579457</x:v>
+        <x:v>596652</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>21038</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>579451</x:v>
       </x:c>
@@ -4968,63 +4965,63 @@
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>21037</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>579429</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
@@ -5420,63 +5417,63 @@
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>21037</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>579427</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
@@ -6163,51 +6160,51 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>599633</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>21027</x:v>
@@ -7058,335 +7055,335 @@
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>605852</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>38881</x:v>
+        <x:v>36773</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
+      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>21027</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>512502</x:v>
+        <x:v>596449</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>29259</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
-      <x:c r="E101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="H101" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>459112</x:v>
+        <x:v>595399</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>36773</x:v>
+        <x:v>40523</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>21054</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>596449</x:v>
+        <x:v>595405</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>40523</x:v>
+        <x:v>38881</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
+      <x:c r="E103" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G103" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>21027</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>595399</x:v>
+        <x:v>512502</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>40523</x:v>
+        <x:v>29259</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s"/>
+      <x:c r="E104" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>595405</x:v>
+        <x:v>459112</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38875</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -8313,51 +8310,51 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>596450</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>21027</x:v>
@@ -9265,51 +9262,51 @@
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>445802</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38881</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>21027</x:v>