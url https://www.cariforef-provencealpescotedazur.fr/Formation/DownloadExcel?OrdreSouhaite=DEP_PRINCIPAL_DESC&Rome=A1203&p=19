--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -377,84 +377,84 @@
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation travaux mécanisés de génie écologique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BPA option ouvrier spécialisé en paysage</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation constructions paysagères</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA aménagements paysagers (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA aménagements paysagers</x:t>
+  </x:si>
+  <x:si>
     <x:t>MFREO</x:t>
-  </x:si>
-[...31 lines deleted...]
-    <x:t>BTSA aménagements paysagers</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères - Antenne Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
@@ -2868,446 +2868,452 @@
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>577419</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>91</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>21048</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="R25" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="S25" s="0" t="n">
+        <x:v>614850</x:v>
+      </x:c>
+      <x:c r="T25" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="Q25" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="C26" s="15" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="n">
+        <x:v>35399</x:v>
+      </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>75</x:v>
-[...1 lines deleted...]
-      <x:c r="J26" s="14" t="s"/>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J26" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>21048</x:v>
+        <x:v>21050</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>614850</x:v>
+        <x:v>612388</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>35399</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>21050</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>612388</x:v>
+        <x:v>509547</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>107</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>509547</x:v>
+        <x:v>597131</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>597131</x:v>
+        <x:v>496342</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>496342</x:v>
+        <x:v>496377</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>496377</x:v>
+        <x:v>549808</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>39</x:v>
@@ -3329,103 +3335,97 @@
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>549883</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>549808</x:v>
+        <x:v>592585</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>38</x:v>
@@ -3926,299 +3926,299 @@
       <x:c r="K42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>496431</x:v>
+        <x:v>605832</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>496494</x:v>
+        <x:v>496431</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>496338</x:v>
+        <x:v>496494</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>605832</x:v>
+        <x:v>447264</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>31691</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>447264</x:v>
+        <x:v>496338</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -6011,51 +6011,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>577047</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -8957,51 +8957,51 @@
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>605506</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
@@ -9253,109 +9253,109 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>555709</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>548667</x:v>
+        <x:v>447263</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
@@ -9368,1003 +9368,1003 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>600781</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>555688</x:v>
+        <x:v>548667</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>38</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>555698</x:v>
+        <x:v>605493</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>40052</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>574940</x:v>
+        <x:v>605783</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>605493</x:v>
+        <x:v>605809</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>605783</x:v>
+        <x:v>548663</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>605809</x:v>
+        <x:v>496506</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>548663</x:v>
+        <x:v>599644</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>605854</x:v>
+        <x:v>605825</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>31691</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>447263</x:v>
+        <x:v>605854</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>496506</x:v>
+        <x:v>541467</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>599644</x:v>
+        <x:v>553053</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>39066</x:v>
+        <x:v>37187</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>605825</x:v>
+        <x:v>553074</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>35397</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>21047</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>541467</x:v>
+        <x:v>554272</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>553053</x:v>
+        <x:v>555688</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>37187</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>553074</x:v>
+        <x:v>555698</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>35397</x:v>
+        <x:v>40052</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
-      <x:c r="E149" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H149" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>21047</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>554272</x:v>
+        <x:v>574940</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>122</x:v>
@@ -11065,51 +11065,51 @@
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>45009</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>572974</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -11575,51 +11575,51 @@
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>605808</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>21046</x:v>
@@ -12375,51 +12375,51 @@
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>606813</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -12435,51 +12435,51 @@
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>496379</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -12656,75 +12656,75 @@
       <x:c r="R188" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>545515</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>596643</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
@@ -12913,51 +12913,51 @@
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>606810</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -13075,76 +13075,76 @@
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>497179</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>592583</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
@@ -13269,51 +13269,51 @@
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>606806</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -13330,51 +13330,51 @@
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>549797</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
@@ -13451,51 +13451,51 @@
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>496515</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -13572,51 +13572,51 @@
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>549795</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
@@ -13661,165 +13661,164 @@
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>548664</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>38314</x:v>
+        <x:v>36795</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s"/>
+      <x:c r="E206" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>584304</x:v>
+        <x:v>606822</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>36795</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
-      <x:c r="E207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>606822</x:v>
+        <x:v>584304</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>39</x:v>