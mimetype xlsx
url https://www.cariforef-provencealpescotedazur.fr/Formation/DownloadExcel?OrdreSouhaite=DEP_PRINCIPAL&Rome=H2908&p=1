--- v0 (2026-02-08)
+++ v1 (2026-03-30)
@@ -134,135 +134,135 @@
         <x:family val="2"/>
       </x:rPr>
       <x:t>(libellé)</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP modèles et moules céramiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Départementale d'Etudes et de Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADEF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niveau CAP, BEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Céramique industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CAP modèles et moules céramiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
-    <x:t>13001</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
-    <x:t>permanente</x:t>
-[...8 lines deleted...]
-    <x:t>AUBAGNE</x:t>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>07/10/2026 00:00:00</x:t>
+    <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -801,393 +801,392 @@
       </x:c>
       <x:c r="R1" s="10" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="S1" s="12" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="T1" s="10" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="U1" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:21">
       <x:c r="A2" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B2" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C2" s="15" t="n">
         <x:v>39647</x:v>
       </x:c>
       <x:c r="D2" s="15" t="s"/>
-      <x:c r="E2" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E2" s="14" t="s"/>
       <x:c r="F2" s="14" t="s"/>
       <x:c r="G2" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H2" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="H2" s="14" t="s">
+      <x:c r="I2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="I2" s="16" t="s">
+      <x:c r="J2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="J2" s="14" t="s">
+      <x:c r="K2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="K2" s="14" t="s">
+      <x:c r="L2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="L2" s="14" t="s">
+      <x:c r="M2" s="14" t="s">
         <x:v>29</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>22821</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P2" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q2" s="16" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="R2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="P2" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="R2" s="14" t="s">
+      <x:c r="S2" s="14" t="n">
+        <x:v>591292</x:v>
+      </x:c>
+      <x:c r="T2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="S2" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T2" s="16" t="s">
+      <x:c r="U2" s="16" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>39647</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="I3" s="4" t="s">
+      <x:c r="J3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="J3" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K3" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="L3" s="0" t="s">
+      <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>22821</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P3" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q3" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>600512</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>39647</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
-      <x:c r="E4" s="14" t="s"/>
+      <x:c r="E4" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H4" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I4" s="16" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J4" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H4" s="14" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L4" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>22821</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P4" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q4" s="16" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="P4" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>611259</x:v>
+        <x:v>547109</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39647</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="J5" s="0" t="s">
+      <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="K5" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L5" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>22821</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P5" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q5" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="R5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="P5" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>591292</x:v>
+        <x:v>611259</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39647</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
-      <x:c r="E6" s="14" t="s"/>
+      <x:c r="E6" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H6" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I6" s="16" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J6" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="H6" s="14" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="L6" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>22821</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P6" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q6" s="16" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="R6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="P6" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>591293</x:v>
+        <x:v>498739</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39647</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
-      <x:c r="E7" s="0" t="s">
+      <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="G7" s="0" t="s">
+      <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="H7" s="0" t="s">
+      <x:c r="I7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="I7" s="4" t="s">
+      <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="J7" s="0" t="s">
+      <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="K7" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L7" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>22821</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P7" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="R7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="P7" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>498739</x:v>
+        <x:v>591293</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="U7" s="4" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>