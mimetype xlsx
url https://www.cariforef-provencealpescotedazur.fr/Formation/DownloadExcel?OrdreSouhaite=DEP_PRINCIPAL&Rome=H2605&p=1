--- v0 (2026-02-08)
+++ v1 (2026-03-28)
@@ -320,252 +320,252 @@
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Henri</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Ampère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel agent de montage et de câblage en électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niveau CAP, BEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Handicapé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montage câblage électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique - Esrp La Rouguière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP École libre des métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ecole libre des métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Moulin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-DE-BOUC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel monteur câbleur intégrateur en équipements électroniques et électrotechniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montage câblage électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Départementale d'Etudes et de Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADEF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de montage et de câblage en électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro cybersécurité, informatique et réseaux, électronique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AEP Saint Eloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec des Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mastère spécialisé Concepteur de circuits microélectroniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Mines-Telecom - Saint-Etienne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Public de la formation initiale , Public en emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conception circuit électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade - site Jules Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>13541</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
-  </x:si>
-[...193 lines deleted...]
-    <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pôle Ecoles Méditerranée - Ecoles des apprentis de la Marine</x:t>
   </x:si>
   <x:si>
     <x:t>83800</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
@@ -2070,51 +2070,51 @@
       <x:c r="K17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>597042</x:v>
+        <x:v>597049</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
@@ -2127,51 +2127,51 @@
       <x:c r="K18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>597049</x:v>
+        <x:v>597063</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -2181,873 +2181,876 @@
       <x:c r="K19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>597063</x:v>
+        <x:v>597066</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>37489</x:v>
+        <x:v>38664</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>24252</x:v>
+        <x:v>24322</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>597066</x:v>
+        <x:v>572943</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38664</x:v>
+        <x:v>37489</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>24322</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>572943</x:v>
+        <x:v>597041</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="R22" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="Q22" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>597041</x:v>
+        <x:v>597068</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>37489</x:v>
+        <x:v>35311</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>24252</x:v>
+        <x:v>24016</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>597068</x:v>
+        <x:v>583871</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35311</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
+      <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>24016</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>583871</x:v>
+        <x:v>591268</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>35311</x:v>
+        <x:v>36176</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>24016</x:v>
+        <x:v>24322</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>591268</x:v>
+        <x:v>525902</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36176</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>24322</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="P26" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="Q26" s="16" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="R26" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="P26" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>525902</x:v>
+        <x:v>525963</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C27" s="3" t="n">
+        <x:v>37489</x:v>
+      </x:c>
+      <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G27" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B27" s="0" t="s">
-[...11 lines deleted...]
-      </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>24322</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>525963</x:v>
+        <x:v>609460</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>609460</x:v>
+        <x:v>556771</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>556771</x:v>
+        <x:v>609476</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="U29" s="4" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>509396</x:v>
+        <x:v>556782</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>609476</x:v>
+        <x:v>509396</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>133</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>81</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>24252</x:v>
+        <x:v>24323</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>556782</x:v>
+        <x:v>580599</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>142</x:v>
-[...1 lines deleted...]
-      <x:c r="C33" s="3" t="s"/>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>37489</x:v>
+      </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>143</x:v>
-[...2 lines deleted...]
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>24323</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>580599</x:v>
+        <x:v>597042</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>