--- v0 (2025-10-15)
+++ v1 (2025-10-15)
@@ -284,114 +284,114 @@
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien animateur de SPA</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Silvya Terrade Sud Est|Silvya Terrade Sud Est - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvya Terrade Sud Est - Antenne Salon de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Spa praticien</x:t>
   </x:si>
   <x:si>
     <x:t>Peyrefitte Esthétique</x:t>
   </x:si>
   <x:si>
     <x:t>SEC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Profession libérale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique soin corporel</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spa praticien (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>13006</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
@@ -1505,436 +1505,436 @@
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>575793</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>38122</x:v>
+        <x:v>34777</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-        <x:v>73</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>42020</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="Q11" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="Q11" s="4" t="s">
+      <x:c r="R11" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="S11" s="0" t="n">
+        <x:v>543612</x:v>
+      </x:c>
+      <x:c r="T11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="R11" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>38122</x:v>
+        <x:v>34777</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>42020</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="P12" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="P12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>554436</x:v>
+        <x:v>567075</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>34777</x:v>
+        <x:v>38122</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H13" s="0" t="s">
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>42020</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>543612</x:v>
+        <x:v>546187</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>34777</x:v>
+        <x:v>38122</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s"/>
+      <x:c r="E14" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>42020</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>567075</x:v>
+        <x:v>554436</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38122</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>546886</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38122</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>546885</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>34777</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>537841</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>34777</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
@@ -1956,51 +1956,51 @@
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>537754</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>34777</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -2010,51 +2010,51 @@
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>571140</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>34777</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -2067,51 +2067,51 @@
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>537110</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>34777</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>