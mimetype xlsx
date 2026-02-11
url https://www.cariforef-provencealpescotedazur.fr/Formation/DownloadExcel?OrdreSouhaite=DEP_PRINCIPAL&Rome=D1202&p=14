--- v1 (2026-02-10)
+++ v2 (2026-02-11)
@@ -611,59 +611,59 @@
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro métiers de la coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>LP Magnan</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro métiers de la coiffure (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en contrat de pro</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
@@ -689,197 +689,197 @@
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National des Arts Techniques</x:t>
   </x:si>
   <x:si>
     <x:t>CNAT</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association Ecole de Coiffure Marseille Provence Arcole - CFA Coiffure MP Arcole</x:t>
   </x:si>
   <x:si>
+    <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lep Privé de Coiffure Phocéa René Attoyan - CFC CFA René Attoyan Formation</x:t>
   </x:si>
   <x:si>
-    <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Les Pennes Mirabeau</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>LES PENNES-MIRABEAU</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Municipal de Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader - Antenne Arles (Grille)</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>LP Leau</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Silvya Terrade Sud Est - Antenne Salon de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP C Hugues</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Silvya Terrade Sud Est - Antenne Salon de Provence</x:t>
-[...8 lines deleted...]
-    <x:t>LP C Hugues</x:t>
+    <x:t>BTS métiers de la coiffure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi moins de 26 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvya Terrade Sud Est|Silvya Terrade Sud Est - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Charles Privat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6ème Sens Formation - Académie Coiffure Beauté Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École Terrade Salon-de-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>École Terrade Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>École Terrade Les Pennes-Mirabeau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Phocea R Attoyan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/19/2026 00:00:00</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>Les fondamentaux de l'apprentissage des cheveux bouclés, frisés, crépus</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Prothésiste capillaire homme</x:t>
   </x:si>
   <x:si>
     <x:t>H.K.S</x:t>
   </x:si>
   <x:si>
     <x:t>13190</x:t>
   </x:si>
   <x:si>
     <x:t>Commerçant , Demandeur d'emploi , Formateur , Jeune 16-25 ans , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
@@ -1259,98 +1259,98 @@
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la coiffure (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur|Cma Formation Saint Maximin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barbier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cma Formation La Valette du Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation La Valette du Var</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Jak - Aftec</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure Formation Métiers en Demande</x:t>
@@ -1361,75 +1361,75 @@
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>CAP métiers de la coiffure + module complémentaire chignon</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artisan , Salarié de l'artisanat , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Privée des Arts de la Coiffure et de l'Esthétique Kupélian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP M Casarès</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Coiffure - chignons et attaches</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Artisan , Salarié de l'artisanat , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Ombre hair</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Perfectionnement coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>Remise à niveau coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>Coupe homme dégradé américain</x:t>
   </x:si>
   <x:si>
     <x:t>CAP métiers de la coiffure (cursus partiel)</x:t>
   </x:si>
@@ -3424,216 +3424,216 @@
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>605948</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>544947</x:v>
+        <x:v>597084</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>605972</x:v>
+        <x:v>544947</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>597084</x:v>
+        <x:v>605972</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -3773,270 +3773,271 @@
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>502267</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>547663</x:v>
+        <x:v>581755</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>540873</x:v>
+        <x:v>547663</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>557688</x:v>
+        <x:v>540873</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>581755</x:v>
+        <x:v>557688</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>45</x:v>
@@ -9234,910 +9235,910 @@
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>600614</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>601127</x:v>
+        <x:v>523528</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>544986</x:v>
+        <x:v>554465</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>554465</x:v>
+        <x:v>599059</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>599059</x:v>
+        <x:v>505886</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s"/>
+      <x:c r="E130" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>173</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>554005</x:v>
+        <x:v>505892</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>553302</x:v>
+        <x:v>544986</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>505886</x:v>
+        <x:v>601127</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
-      <x:c r="E133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>505892</x:v>
+        <x:v>554005</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H134" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>601139</x:v>
+        <x:v>553302</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>544987</x:v>
+        <x:v>609616</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>567097</x:v>
+        <x:v>609678</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>523528</x:v>
+        <x:v>459053</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s"/>
+      <x:c r="E138" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>609616</x:v>
+        <x:v>601139</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
+      <x:c r="E139" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>609678</x:v>
+        <x:v>544987</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>181</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>123</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>459053</x:v>
+        <x:v>567097</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -10217,159 +10218,159 @@
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>599065</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>506109</x:v>
+        <x:v>546568</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>546568</x:v>
+        <x:v>506109</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -10861,450 +10862,450 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>555012</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>611608</x:v>
+        <x:v>606004</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>611617</x:v>
+        <x:v>606010</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>611618</x:v>
+        <x:v>606030</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>606004</x:v>
+        <x:v>606034</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>606010</x:v>
+        <x:v>611608</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>606030</x:v>
+        <x:v>611617</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>606034</x:v>
+        <x:v>611618</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -11394,140 +11395,140 @@
       <x:c r="S162" s="14" t="n">
         <x:v>600545</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>549187</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>549188</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -11687,51 +11688,51 @@
         <x:v>554545</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>219</x:v>
@@ -11832,51 +11833,51 @@
       <x:c r="J170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>595320</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -12014,2879 +12015,2878 @@
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>614574</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="R174" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="S174" s="14" t="n">
+        <x:v>612745</x:v>
+      </x:c>
+      <x:c r="T174" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="R174" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>612745</x:v>
+        <x:v>612749</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>612749</x:v>
+        <x:v>614587</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>614587</x:v>
+        <x:v>614589</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>614589</x:v>
+        <x:v>594234</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="Q179" s="4" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="R179" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="S179" s="0" t="n">
+        <x:v>551762</x:v>
+      </x:c>
+      <x:c r="T179" s="4" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="U179" s="4" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>567067</x:v>
+        <x:v>495204</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
+      <x:c r="E181" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>597077</x:v>
+        <x:v>504763</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s"/>
+      <x:c r="E182" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>597088</x:v>
+        <x:v>504764</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
+      <x:c r="E183" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>543685</x:v>
+        <x:v>504784</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s"/>
+      <x:c r="E184" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>573958</x:v>
+        <x:v>504788</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
+      <x:c r="E185" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>495204</x:v>
+        <x:v>504819</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>504763</x:v>
+        <x:v>504825</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>504764</x:v>
+        <x:v>609219</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>504784</x:v>
+        <x:v>609220</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
-      <x:c r="E189" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>504788</x:v>
+        <x:v>567067</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>504819</x:v>
+        <x:v>494870</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>504825</x:v>
+        <x:v>559103</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>609219</x:v>
+        <x:v>600562</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>609220</x:v>
+        <x:v>549155</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>506038</x:v>
+        <x:v>549162</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
-      <x:c r="E195" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G195" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="I195" s="4" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J195" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K195" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L195" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="M195" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="N195" s="3" t="n">
+        <x:v>42050</x:v>
+      </x:c>
+      <x:c r="O195" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="P195" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="I195" s="4" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>493120</x:v>
+        <x:v>567043</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>606006</x:v>
+        <x:v>567047</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
-      <x:c r="E197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>606033</x:v>
+        <x:v>567082</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>545796</x:v>
+        <x:v>504777</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>200</x:v>
-[...2 lines deleted...]
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>584160</x:v>
+        <x:v>504817</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>246</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>547393</x:v>
+        <x:v>609229</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>600562</x:v>
+        <x:v>609249</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>549155</x:v>
+        <x:v>609250</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>549162</x:v>
+        <x:v>506038</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>494870</x:v>
+        <x:v>493120</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>559103</x:v>
+        <x:v>602407</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s"/>
+      <x:c r="E206" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>614577</x:v>
+        <x:v>606006</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
+      <x:c r="E207" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>594236</x:v>
+        <x:v>606033</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
-      <x:c r="E208" s="14" t="s"/>
+      <x:c r="E208" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>594239</x:v>
+        <x:v>545796</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
+      <x:c r="E209" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>491851</x:v>
+        <x:v>584160</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="H210" s="14" t="s"/>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>554468</x:v>
+        <x:v>547393</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
+      <x:c r="E211" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>597075</x:v>
+        <x:v>554468</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s"/>
+      <x:c r="E212" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>597089</x:v>
+        <x:v>554406</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
-      <x:c r="E213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>554406</x:v>
+        <x:v>597077</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>567043</x:v>
+        <x:v>597088</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>567047</x:v>
+        <x:v>597075</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>567082</x:v>
+        <x:v>597089</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
-      <x:c r="E217" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>504777</x:v>
+        <x:v>614577</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>504817</x:v>
+        <x:v>594236</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
-      <x:c r="E219" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>609229</x:v>
+        <x:v>594239</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>609249</x:v>
+        <x:v>491851</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
-      <x:c r="E221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>609250</x:v>
+        <x:v>573958</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>602407</x:v>
+        <x:v>543685</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>586505</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -14919,75 +14919,75 @@
       <x:c r="R224" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>615288</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>597072</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
@@ -15015,51 +15015,51 @@
       <x:c r="M226" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>614584</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -15140,109 +15140,109 @@
       <x:c r="S228" s="14" t="n">
         <x:v>614597</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>611611</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>219</x:v>
@@ -15369,81 +15369,81 @@
       <x:c r="R232" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>599228</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>540878</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
@@ -15465,51 +15465,51 @@
       <x:c r="M234" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>568282</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -15573,51 +15573,51 @@
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>614571</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -15923,362 +15923,362 @@
       <x:c r="L242" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>584163</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q243" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q243" s="4" t="s">
+      <x:c r="R243" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>549153</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>549154</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q245" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q245" s="4" t="s">
+      <x:c r="R245" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>549160</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q246" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q246" s="16" t="s">
+      <x:c r="R246" s="14" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>549185</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q247" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q247" s="4" t="s">
+      <x:c r="R247" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>549186</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>219</x:v>
@@ -16350,55 +16350,55 @@
         <x:v>598911</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -16408,109 +16408,109 @@
       <x:c r="S250" s="14" t="n">
         <x:v>493138</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q251" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q251" s="4" t="s">
+      <x:c r="R251" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>606011</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>277</x:v>
@@ -16524,140 +16524,140 @@
       <x:c r="S252" s="14" t="n">
         <x:v>606013</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q253" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q253" s="4" t="s">
+      <x:c r="R253" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>606041</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q254" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q254" s="16" t="s">
+      <x:c r="R254" s="14" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>606044</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -16782,51 +16782,51 @@
       <x:c r="G257" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>609251</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
@@ -16937,193 +16937,193 @@
         <x:v>548624</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>504782</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>597085</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>588529</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>270</x:v>
@@ -17134,59 +17134,59 @@
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>613496</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>46</x:v>
@@ -17233,51 +17233,51 @@
       <x:c r="G265" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>567039</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
@@ -17290,108 +17290,108 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>567086</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>498266</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
@@ -17498,76 +17498,76 @@
         <x:v>496960</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>555002</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
@@ -17733,192 +17733,192 @@
         <x:v>548811</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>549152</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q275" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q275" s="4" t="s">
+      <x:c r="R275" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>549159</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>549183</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
@@ -17943,51 +17943,51 @@
       <x:c r="M277" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>614580</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18102,105 +18102,105 @@
       <x:c r="J280" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>594235</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>493036</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -18209,84 +18209,84 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>554407</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -18498,143 +18498,143 @@
       <x:c r="G287" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>609266</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>606005</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -18648,109 +18648,109 @@
         <x:v>606015</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>606031</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -18764,82 +18764,82 @@
         <x:v>606036</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>606053</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -18880,76 +18880,76 @@
         <x:v>611609</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>611613</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
@@ -19118,82 +19118,82 @@
         <x:v>454948</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>494871</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -19287,51 +19287,51 @@
       <x:c r="S300" s="14" t="n">
         <x:v>567040</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -19345,198 +19345,198 @@
         <x:v>504785</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>504815</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>504821</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q304" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q304" s="16" t="s">
+      <x:c r="R304" s="14" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>504826</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -19546,85 +19546,85 @@
       <x:c r="G305" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>583781</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>219</x:v>
@@ -19638,245 +19638,245 @@
       <x:c r="S306" s="14" t="n">
         <x:v>504767</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>504781</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>547790</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>569933</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>567041</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
@@ -20152,255 +20152,255 @@
         <x:v>600560</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>549157</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>549158</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>549181</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q319" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q319" s="4" t="s">
+      <x:c r="R319" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>549182</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -20444,250 +20444,250 @@
       <x:c r="S320" s="14" t="n">
         <x:v>553721</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>555001</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>555004</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>606007</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>606008</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
@@ -20734,164 +20734,164 @@
         <x:v>545794</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q326" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q326" s="16" t="s">
+      <x:c r="R326" s="14" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>606039</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>612513</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>219</x:v>
@@ -20961,91 +20961,91 @@
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>554466</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>582026</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -21223,102 +21223,102 @@
       <x:c r="M334" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>614579</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>614581</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -21352,225 +21352,225 @@
       <x:c r="S336" s="14" t="n">
         <x:v>573797</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q337" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q337" s="4" t="s">
+      <x:c r="R337" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>606009</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>606029</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>606032</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>277</x:v>
@@ -21584,243 +21584,243 @@
       <x:c r="S340" s="14" t="n">
         <x:v>606037</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>559093</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>588527</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>597078</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>597083</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
@@ -21830,63 +21830,63 @@
       <x:c r="G345" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>612747</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -21975,133 +21975,133 @@
         <x:v>614593</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>555003</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>555007</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
@@ -22207,223 +22207,223 @@
         <x:v>609265</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>504816</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>504822</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>595145</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -22437,82 +22437,82 @@
         <x:v>504778</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q356" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q356" s="16" t="s">
+      <x:c r="R356" s="14" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>504779</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -22948,132 +22948,132 @@
       <x:c r="S364" s="14" t="n">
         <x:v>614591</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>549151</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>567064</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
@@ -23140,51 +23140,51 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>567079</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
@@ -23219,128 +23219,128 @@
       <x:c r="R369" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>614596</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>587712</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>495392</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
@@ -23385,75 +23385,75 @@
       <x:c r="R372" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>554463</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>597079</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
@@ -23577,340 +23577,340 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>566987</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q377" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q377" s="4" t="s">
+      <x:c r="R377" s="0" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>549156</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>549179</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>549180</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q380" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q380" s="16" t="s">
+      <x:c r="R380" s="14" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>549190</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>554469</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
@@ -23958,140 +23958,140 @@
       <x:c r="S382" s="14" t="n">
         <x:v>599226</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>604367</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>604373</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -24248,82 +24248,82 @@
         <x:v>554418</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>504766</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -24463,51 +24463,51 @@
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>567068</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>46</x:v>
@@ -24520,85 +24520,85 @@
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>566991</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>566993</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
@@ -24762,51 +24762,51 @@
       <x:c r="S396" s="14" t="n">
         <x:v>495261</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -24820,51 +24820,51 @@
         <x:v>572425</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>219</x:v>
@@ -24878,51 +24878,51 @@
       <x:c r="S398" s="14" t="n">
         <x:v>572427</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -24936,51 +24936,51 @@
         <x:v>572439</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>219</x:v>
@@ -25050,96 +25050,96 @@
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>611606</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>551753</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>28</x:v>
@@ -25280,246 +25280,246 @@
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>498542</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>523500</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>523502</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>549184</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>549189</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
@@ -25538,51 +25538,51 @@
       <x:c r="J410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>597080</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -25671,51 +25671,51 @@
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>498252</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
@@ -25762,174 +25762,174 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>612740</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>612746</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>612751</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -25939,51 +25939,51 @@
       <x:c r="L417" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>614592</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>113</x:v>
@@ -26057,73 +26057,73 @@
       <x:c r="L419" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>583376</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>277</x:v>
@@ -26137,51 +26137,51 @@
       <x:c r="S420" s="14" t="n">
         <x:v>606014</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -26195,225 +26195,225 @@
         <x:v>606038</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q422" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q422" s="16" t="s">
+      <x:c r="R422" s="14" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>606040</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>606042</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>606043</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -26427,133 +26427,133 @@
         <x:v>606046</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>554998</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>555008</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
@@ -26684,51 +26684,51 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>506100</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
@@ -26775,167 +26775,167 @@
         <x:v>506102</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q432" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="Q432" s="16" t="s">
+      <x:c r="R432" s="14" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>504787</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>504789</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>219</x:v>
@@ -26949,51 +26949,51 @@
       <x:c r="S434" s="14" t="n">
         <x:v>504818</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
@@ -27007,139 +27007,139 @@
         <x:v>504824</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>504827</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>504776</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
@@ -27158,96 +27158,96 @@
       <x:c r="L438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>612515</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>540875</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
@@ -27314,51 +27314,51 @@
       <x:c r="G441" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>609221</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
@@ -27496,51 +27496,51 @@
       <x:c r="L444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>614569</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -27550,51 +27550,51 @@
       <x:c r="L445" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>614575</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>113</x:v>
@@ -30906,51 +30906,51 @@
       <x:c r="L503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>606660</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
@@ -33014,51 +33014,51 @@
       <x:c r="L540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>601998</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -33437,51 +33437,51 @@
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>571132</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>27</x:v>
@@ -33837,2110 +33837,2110 @@
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
         <x:v>554970</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
-      <x:c r="E555" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G555" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>554400</x:v>
+        <x:v>597076</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
-      <x:c r="E556" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>332</x:v>
-[...1 lines deleted...]
-      <x:c r="H556" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H556" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="I556" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>602609</x:v>
+        <x:v>572754</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
-      <x:c r="E557" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>602610</x:v>
+        <x:v>554974</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
-      <x:c r="E558" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>553698</x:v>
+        <x:v>554981</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
-      <x:c r="E559" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>546818</x:v>
+        <x:v>606663</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C560" s="15" t="s"/>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s"/>
       <x:c r="K560" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>599184</x:v>
+        <x:v>606670</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>354</x:v>
-[...1 lines deleted...]
-      <x:c r="C561" s="3" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C561" s="3" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="J561" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>599187</x:v>
+        <x:v>551942</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>373</x:v>
-[...1 lines deleted...]
-      <x:c r="C562" s="15" t="s"/>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="C562" s="15" t="n">
+        <x:v>37963</x:v>
+      </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>355</x:v>
-[...1 lines deleted...]
-      <x:c r="H562" s="14" t="s"/>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H562" s="14" t="s">
+        <x:v>174</x:v>
+      </x:c>
       <x:c r="I562" s="16" t="s">
-        <x:v>356</x:v>
-[...1 lines deleted...]
-      <x:c r="J562" s="14" t="s"/>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="J562" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K562" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>599194</x:v>
+        <x:v>606262</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
-      <x:c r="E563" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>604203</x:v>
+        <x:v>523530</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>509536</x:v>
+        <x:v>554400</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
+      <x:c r="E565" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>606262</x:v>
+        <x:v>604203</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
-      <x:c r="E566" s="14" t="s"/>
+      <x:c r="E566" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>572754</x:v>
+        <x:v>509536</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
+      <x:c r="E567" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>554974</x:v>
+        <x:v>549002</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
-      <x:c r="E568" s="14" t="s"/>
+      <x:c r="E568" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>554981</x:v>
+        <x:v>602001</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>501677</x:v>
+        <x:v>602609</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>604180</x:v>
+        <x:v>602610</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>454949</x:v>
+        <x:v>553698</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>553198</x:v>
+        <x:v>564607</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="E573" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>553226</x:v>
+        <x:v>546818</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C574" s="15" t="s"/>
       <x:c r="D574" s="15" t="s"/>
-      <x:c r="E574" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>336</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="J574" s="14" t="s"/>
       <x:c r="K574" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>549002</x:v>
+        <x:v>599184</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>78</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C575" s="3" t="s"/>
       <x:c r="D575" s="3" t="s"/>
-      <x:c r="E575" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>336</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>602001</x:v>
+        <x:v>599187</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C576" s="15" t="s"/>
       <x:c r="D576" s="15" t="s"/>
-      <x:c r="E576" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
-        <x:v>408</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="J576" s="14" t="s"/>
       <x:c r="K576" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>564607</x:v>
+        <x:v>599194</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="E577" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H577" s="0" t="s">
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>546827</x:v>
+        <x:v>454949</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
-        <x:v>375</x:v>
-[...1 lines deleted...]
-      <x:c r="H578" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H578" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="I578" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>601623</x:v>
+        <x:v>553198</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="E579" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H579" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>547137</x:v>
+        <x:v>553226</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>332</x:v>
-[...1 lines deleted...]
-      <x:c r="H580" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H580" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="I580" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>602588</x:v>
+        <x:v>501677</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
+      <x:c r="E581" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>606663</x:v>
+        <x:v>546827</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>410</x:v>
-[...1 lines deleted...]
-      <x:c r="C582" s="15" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C582" s="15" t="n">
+        <x:v>37963</x:v>
+      </x:c>
       <x:c r="D582" s="15" t="s"/>
-      <x:c r="E582" s="14" t="s"/>
+      <x:c r="E582" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
-        <x:v>342</x:v>
-[...1 lines deleted...]
-      <x:c r="J582" s="14" t="s"/>
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="J582" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>606670</x:v>
+        <x:v>601623</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
+      <x:c r="E583" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>551942</x:v>
+        <x:v>547137</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
-      <x:c r="E584" s="14" t="s"/>
+      <x:c r="E584" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>597076</x:v>
+        <x:v>602588</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
+      <x:c r="E585" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G585" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>523530</x:v>
+        <x:v>553282</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
-      <x:c r="E586" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
-        <x:v>553282</x:v>
+        <x:v>606666</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
-        <x:v>606666</x:v>
+        <x:v>571130</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="H588" s="14" t="s"/>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H588" s="14" t="s">
+        <x:v>174</x:v>
+      </x:c>
       <x:c r="I588" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
-        <x:v>571130</x:v>
+        <x:v>565101</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
+      <x:c r="E589" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>173</x:v>
-[...2 lines deleted...]
-        <x:v>174</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
-        <x:v>565101</x:v>
+        <x:v>554471</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="H590" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H590" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="I590" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>554471</x:v>
+        <x:v>604180</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="E591" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -36616,51 +36616,51 @@
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
         <x:v>560672</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="G603" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
         <x:v>28</x:v>
@@ -36771,51 +36771,51 @@
       <x:c r="M605" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
         <x:v>566437</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s"/>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -36944,329 +36944,336 @@
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>521675</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
+      <x:c r="E609" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G609" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>597087</x:v>
+        <x:v>549474</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
-        <x:v>424</x:v>
-[...1 lines deleted...]
-      <x:c r="H610" s="14" t="s"/>
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="H610" s="14" t="s">
+        <x:v>421</x:v>
+      </x:c>
       <x:c r="I610" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
-        <x:v>549474</x:v>
+        <x:v>544966</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
-        <x:v>420</x:v>
-[...2 lines deleted...]
-        <x:v>421</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
-        <x:v>544966</x:v>
+        <x:v>575105</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
-        <x:v>413</x:v>
-[...1 lines deleted...]
-      <x:c r="H612" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H612" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="I612" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
-        <x:v>575105</x:v>
+        <x:v>501896</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H613" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>603608</x:v>
+        <x:v>607536</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>424</x:v>
@@ -37292,448 +37299,453 @@
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>603642</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
-      <x:c r="E615" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G615" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>607536</x:v>
+        <x:v>529118</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I616" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>501896</x:v>
+        <x:v>544960</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>434</x:v>
-[...1 lines deleted...]
-      <x:c r="C617" s="3" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C617" s="3" t="n">
+        <x:v>39266</x:v>
+      </x:c>
       <x:c r="D617" s="3" t="s"/>
+      <x:c r="E617" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G617" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J617" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>615309</x:v>
+        <x:v>552739</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
-      <x:c r="E618" s="14" t="s"/>
+      <x:c r="E618" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
-        <x:v>420</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>497680</x:v>
+        <x:v>600291</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="E619" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>555611</x:v>
+        <x:v>603608</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I620" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
-        <x:v>529118</x:v>
+        <x:v>497680</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="E621" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>495689</x:v>
+        <x:v>555611</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s">
         <x:v>421</x:v>
@@ -37821,223 +37833,211 @@
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>599123</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>420</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>544960</x:v>
+        <x:v>495689</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
-      <x:c r="E625" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G625" s="0" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>552739</x:v>
+        <x:v>597087</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
-        <x:v>78</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="C626" s="15" t="s"/>
       <x:c r="D626" s="15" t="s"/>
-      <x:c r="E626" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E626" s="14" t="s"/>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
-        <x:v>413</x:v>
-[...1 lines deleted...]
-      <x:c r="H626" s="14" t="s"/>
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="H626" s="14" t="s">
+        <x:v>421</x:v>
+      </x:c>
       <x:c r="I626" s="16" t="s">
-        <x:v>414</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="J626" s="14" t="s"/>
       <x:c r="K626" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>600291</x:v>
+        <x:v>615309</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -38066,79 +38066,79 @@
         <x:v>597073</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
         <x:v>555610</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C629" s="3" t="s"/>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
         <x:v>413</x:v>
@@ -38155,51 +38155,51 @@
       <x:c r="M629" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>575094</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -38227,78 +38227,78 @@
       <x:c r="R630" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
         <x:v>560670</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
         <x:v>564180</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
@@ -38807,51 +38807,51 @@
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>552755</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="G641" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>42050</x:v>
@@ -39270,56 +39270,56 @@
       <x:c r="M648" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>575100</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>28</x:v>
@@ -39383,100 +39383,100 @@
       <x:c r="M650" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>549483</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C651" s="3" t="s"/>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>581580</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
@@ -39567,136 +39567,136 @@
         <x:v>499324</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s"/>
       <x:c r="I654" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K654" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>495693</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="E655" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>495713</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
@@ -39729,92 +39729,92 @@
       </x:c>
       <x:c r="P656" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>566365</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C657" s="3" t="s"/>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="G657" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
         <x:v>566411</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C658" s="15" t="s"/>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s"/>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H658" s="14" t="s"/>
       <x:c r="I658" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J658" s="14" t="s"/>
       <x:c r="K658" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L658" s="14" t="s">
@@ -39823,51 +39823,51 @@
       <x:c r="M658" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N658" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O658" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>566465</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C659" s="3" t="s"/>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="G659" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="K659" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L659" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M659" s="0" t="s">
         <x:v>28</x:v>
@@ -39891,136 +39891,136 @@
         <x:v>590120</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>555613</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="G661" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J661" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K661" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L661" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>594238</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -40052,51 +40052,51 @@
       </x:c>
       <x:c r="P662" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
         <x:v>549460</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="G663" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J663" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>42050</x:v>
@@ -40177,95 +40177,95 @@
       <x:c r="S664" s="14" t="n">
         <x:v>599117</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="E665" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
         <x:v>555600</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C666" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>27</x:v>
@@ -40322,51 +40322,51 @@
       <x:c r="M667" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>566770</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -40576,79 +40576,79 @@
         <x:v>501905</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>555602</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
@@ -40723,51 +40723,51 @@
       <x:c r="M674" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>566762</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="E675" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H675" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -40812,51 +40812,51 @@
       <x:c r="A676" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I676" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K676" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>500905</x:v>
       </x:c>
@@ -41194,137 +41194,137 @@
       <x:c r="R682" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S682" s="14" t="n">
         <x:v>544964</x:v>
       </x:c>
       <x:c r="T682" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U682" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:21">
       <x:c r="A683" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C683" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D683" s="3" t="s"/>
       <x:c r="G683" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I683" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J683" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K683" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="L683" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M683" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N683" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O683" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P683" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>564181</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K684" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>445633</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
@@ -41866,114 +41866,114 @@
       <x:c r="K694" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>533301</x:v>
+        <x:v>580649</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H695" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>580649</x:v>
+        <x:v>533301</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s"/>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I696" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">