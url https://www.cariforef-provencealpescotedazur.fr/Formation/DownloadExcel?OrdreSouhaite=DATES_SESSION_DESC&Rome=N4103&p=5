--- v1 (2026-02-09)
+++ v2 (2026-02-09)
@@ -281,83 +281,83 @@
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP Conducteur agent d'accueil en autobus et autocar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CAP conducteur agent d'accueil en autobus et autocar (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Alpes Provence</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Paul Héraud</x:t>
   </x:si>
   <x:si>
-    <x:t>GAP</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel conducteur de transport en commun sur route (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Boyer Formation</x:t>
   </x:si>
   <x:si>
     <x:t>04700</x:t>
   </x:si>
   <x:si>
     <x:t>ORAISON</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP conducteur agent d'accueil en autobus et autocars (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
@@ -830,66 +830,66 @@
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Saint Laurent du Var</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -2103,215 +2103,216 @@
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>586428</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B14" s="14" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37598</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L14" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M14" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N14" s="15" t="n">
+        <x:v>31805</x:v>
+      </x:c>
+      <x:c r="O14" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P14" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="Q14" s="16" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="R14" s="14" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="S14" s="14" t="n">
+        <x:v>589719</x:v>
+      </x:c>
+      <x:c r="T14" s="16" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="U14" s="16" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...28 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37598</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
+      <x:c r="E15" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="Q15" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="R15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="Q15" s="4" t="s">
+      <x:c r="S15" s="0" t="n">
+        <x:v>605950</x:v>
+      </x:c>
+      <x:c r="T15" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="R15" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>600365</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>43</x:v>
@@ -2330,75 +2331,75 @@
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>584764</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37598</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>602902</x:v>
       </x:c>
@@ -2443,377 +2444,377 @@
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>597094</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>602923</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>601297</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>601298</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>601296</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>601300</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>601299</x:v>
       </x:c>
@@ -3808,75 +3809,75 @@
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>583716</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>600364</x:v>
       </x:c>
@@ -4809,143 +4810,144 @@
       <x:c r="R60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>584757</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>586431</x:v>
+        <x:v>601252</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>601252</x:v>
+        <x:v>586431</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -5023,73 +5025,73 @@
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>611850</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>600363</x:v>
       </x:c>
@@ -5616,174 +5618,172 @@
       <x:c r="H75" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>600536</x:v>
+        <x:v>608549</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>602710</x:v>
+        <x:v>610309</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>600496</x:v>
+        <x:v>600473</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>24</x:v>
@@ -5927,412 +5927,415 @@
       <x:c r="R80" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>613159</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>610309</x:v>
+        <x:v>602710</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>600473</x:v>
+        <x:v>600496</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>608549</x:v>
+        <x:v>600536</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>613505</x:v>
+        <x:v>599834</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>599834</x:v>
+        <x:v>585776</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="C86" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C86" s="15" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>585776</x:v>
+        <x:v>585809</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>585809</x:v>
+        <x:v>613505</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -6706,157 +6709,157 @@
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>601553</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>42</x:v>
-[...1 lines deleted...]
-      <x:c r="C95" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="n">
+        <x:v>37878</x:v>
+      </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>601513</x:v>
+        <x:v>601528</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>601528</x:v>
+        <x:v>601513</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -7788,639 +7791,638 @@
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>598682</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="B113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>37878</x:v>
+        <x:v>37598</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
-      <x:c r="E113" s="0" t="s">
+      <x:c r="G113" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="I113" s="4" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>548965</x:v>
+        <x:v>543667</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37598</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>553298</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>581118</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>581119</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>581121</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>37598</x:v>
+        <x:v>37878</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>543667</x:v>
+        <x:v>548965</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>37878</x:v>
+        <x:v>37598</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G119" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="I119" s="4" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>24</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>581123</x:v>
+        <x:v>547624</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>37598</x:v>
+        <x:v>37878</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>89</x:v>
-[...1 lines deleted...]
-      <x:c r="H120" s="14" t="s"/>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>548934</x:v>
+        <x:v>581123</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>37598</x:v>
+        <x:v>37878</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>547624</x:v>
+        <x:v>581120</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>37878</x:v>
+        <x:v>37598</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>581120</x:v>
+        <x:v>548934</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8490,73 +8492,73 @@
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>538737</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37878</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31805</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>546329</x:v>
       </x:c>