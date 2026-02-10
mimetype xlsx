--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -722,80 +722,80 @@
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP M Casarès</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Claret</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Cour Maintenon</x:t>
+  </x:si>
+  <x:si>
     <x:t>13570</x:t>
   </x:si>
   <x:si>
     <x:t>BARBENTANE</x:t>
   </x:si>
   <x:si>
     <x:t>LA d'Aix-Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>MFR de Puyloubier</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>LP J Dolle</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>LP du Parc St-Jean</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Golfe de St-Tropez</x:t>
   </x:si>
   <x:si>
     <x:t>83580</x:t>
   </x:si>
   <x:si>
     <x:t>GASSIN</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Grawitz</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
@@ -1310,57 +1310,57 @@
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>11/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro services aux personnes et animation dans les territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Association Recherche Expérimentation Formation Loisirs et Tourisme Social</x:t>
   </x:si>
   <x:si>
     <x:t>REFLETS</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Apprentis d'Auteuil - Antenne Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
@@ -5544,390 +5544,389 @@
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>593048</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>596616</x:v>
+        <x:v>605448</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
+      <x:c r="E61" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G61" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="I61" s="4" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>596623</x:v>
+        <x:v>609642</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>80</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>36788</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s"/>
+      <x:c r="E62" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>596628</x:v>
+        <x:v>607761</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>38397</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>223</x:v>
-[...2 lines deleted...]
-        <x:v>224</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>609642</x:v>
+        <x:v>596616</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>607761</x:v>
+        <x:v>596623</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>605448</x:v>
+        <x:v>596628</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -8198,54 +8197,54 @@
         <x:v>324</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>583779</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
@@ -9488,51 +9487,51 @@
       <x:c r="I128" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>599912</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
@@ -9604,51 +9603,51 @@
       <x:c r="I130" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>599999</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
@@ -11131,158 +11130,159 @@
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>590871</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
+      <x:c r="E157" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>586386</x:v>
+        <x:v>573816</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
-      <x:c r="E158" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>573816</x:v>
+        <x:v>586386</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
@@ -12214,54 +12214,54 @@
       <x:c r="G175" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>583773</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
@@ -12739,51 +12739,51 @@
       <x:c r="I184" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>590005</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
@@ -13238,78 +13238,78 @@
       <x:c r="S192" s="14" t="n">
         <x:v>552421</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>557205</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
@@ -13719,199 +13719,199 @@
       <x:c r="U200" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>545445</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>545444</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>545446</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
@@ -15242,57 +15242,57 @@
       <x:c r="S226" s="14" t="n">
         <x:v>500419</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -15363,266 +15363,266 @@
       <x:c r="S228" s="14" t="n">
         <x:v>502646</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>519475</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>501262</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>501259</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>501261</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>390</x:v>
       </x:c>