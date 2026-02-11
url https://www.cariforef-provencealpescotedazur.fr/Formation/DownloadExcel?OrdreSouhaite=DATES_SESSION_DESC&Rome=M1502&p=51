--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -863,143 +863,143 @@
   <x:si>
     <x:t>Manager des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>master mention gestion des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Eloce - Walter Learning</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon - IUT La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines (Apprentissage)</x:t>
-[...11 lines deleted...]
-    <x:t>DRAGUIGNAN</x:t>
+    <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite changement</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/15/2028 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>chargé de recrutement et conseils en ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit social</x:t>
   </x:si>
   <x:si>
     <x:t>Droit social</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
-    <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>B2h13 Aix - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Le Cours Messidoro - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Aix en Provence (Cours Messidoro)</x:t>
@@ -1607,66 +1607,66 @@
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Assistant Ressources Humaines (TP ARH)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel assistant ressources humaines (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>ACAF MSA</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Titre professionnel assistant ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cpe-Cfa</x:t>
   </x:si>
   <x:si>
     <x:t>CPEAS - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
@@ -8106,346 +8106,343 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>602667</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>41132</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>608465</x:v>
+        <x:v>602551</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>608466</x:v>
+        <x:v>608465</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>41132</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>602551</x:v>
+        <x:v>608466</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="H89" s="0" t="s">
+      <x:c r="I89" s="4" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="P89" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="Q89" s="4" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="R89" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="P89" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>602496</x:v>
+        <x:v>603542</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>35376</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>603408</x:v>
+        <x:v>602496</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -8477,594 +8474,597 @@
         <x:v>599175</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>614697</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>596729</x:v>
+        <x:v>603408</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>596732</x:v>
+        <x:v>596729</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>36500</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>33060</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="Q95" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="Q95" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>616036</x:v>
+        <x:v>596732</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>37748</x:v>
+        <x:v>36500</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>616042</x:v>
+        <x:v>616036</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>38160</x:v>
+        <x:v>37748</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>13234</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>597459</x:v>
+        <x:v>616042</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>38160</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>13234</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>595468</x:v>
+        <x:v>597459</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>595471</x:v>
+        <x:v>595468</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>38160</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>13234</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>597460</x:v>
+        <x:v>595471</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38160</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
-      <x:c r="E101" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>13234</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>603542</x:v>
+        <x:v>597460</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -9092,135 +9092,135 @@
       <x:c r="R102" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>592418</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>608103</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>595472</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
@@ -9398,51 +9398,51 @@
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>591926</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
@@ -9537,88 +9537,88 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>600146</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>602549</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
@@ -9782,54 +9782,54 @@
       <x:c r="S114" s="14" t="n">
         <x:v>603646</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35878</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -10074,112 +10074,112 @@
         <x:v>599246</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>35878</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>603539</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -10306,296 +10306,296 @@
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>601468</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>608105</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>603406</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>603407</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>603820</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -10611,75 +10611,75 @@
       <x:c r="T128" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>600400</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
@@ -11067,75 +11067,75 @@
       <x:c r="R136" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>616883</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38185</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>595449</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
@@ -11352,112 +11352,112 @@
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>592300</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>39698</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>14224</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>592204</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -11519,145 +11519,145 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>603645</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>603822</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>596728</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
@@ -11667,51 +11667,51 @@
       <x:c r="G147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>596731</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
@@ -12745,51 +12745,51 @@
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>617007</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -13023,51 +13023,51 @@
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>617006</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -13138,108 +13138,108 @@
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>617005</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>15020</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>615403</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -13541,51 +13541,51 @@
       <x:c r="J180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>617004</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
@@ -13595,51 +13595,51 @@
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>617002</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
@@ -14183,51 +14183,51 @@
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>617000</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
@@ -14472,51 +14472,51 @@
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>617003</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -14721,78 +14721,78 @@
       <x:c r="S200" s="14" t="n">
         <x:v>552907</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>15020</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>615361</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
@@ -14805,51 +14805,51 @@
       <x:c r="J202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>611407</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
@@ -14919,51 +14919,51 @@
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>611399</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -15434,51 +15434,51 @@
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>616999</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
@@ -15711,51 +15711,51 @@
       <x:c r="J218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>611406</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -16045,51 +16045,51 @@
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>611397</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>478</x:v>
@@ -16124,78 +16124,78 @@
       <x:c r="T225" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>614515</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>487</x:v>
@@ -16539,51 +16539,51 @@
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>611405</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
@@ -17128,221 +17128,220 @@
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>599595</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>41366</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
-      <x:c r="E244" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>603584</x:v>
+        <x:v>547929</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>35030</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>35014</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>547929</x:v>
+        <x:v>606315</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>86</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
-      <x:c r="E246" s="14" t="s"/>
+      <x:c r="E246" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>192</x:v>
-[...1 lines deleted...]
-      <x:c r="H246" s="14" t="s"/>
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
+        <x:v>514</x:v>
+      </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>606315</x:v>
+        <x:v>603584</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17756,51 +17755,51 @@
       <x:c r="J254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>611390</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>25508</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -17875,51 +17874,51 @@
       <x:c r="J256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>601526</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -17991,81 +17990,81 @@
       <x:c r="J258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>601525</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -18684,69 +18683,69 @@
       <x:c r="T270" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>609149</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
@@ -18798,51 +18797,51 @@
       <x:c r="T272" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>41770</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -18857,78 +18856,78 @@
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>609152</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -19233,51 +19232,51 @@
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>613745</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>40</x:v>
@@ -19305,78 +19304,78 @@
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>41770</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>616632</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -19424,135 +19423,135 @@
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>608947</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>609134</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -20157,78 +20156,78 @@
       <x:c r="T296" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>609155</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -20620,78 +20619,78 @@
       <x:c r="S304" s="14" t="n">
         <x:v>581090</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>602984</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
@@ -21005,51 +21004,51 @@
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>610851</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>41366</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -21187,78 +21186,78 @@
       <x:c r="S314" s="14" t="n">
         <x:v>549308</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>598749</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
@@ -22513,78 +22512,78 @@
       <x:c r="S338" s="14" t="n">
         <x:v>589992</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>590139</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -22626,78 +22625,78 @@
       <x:c r="S340" s="14" t="n">
         <x:v>589781</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>590770</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -22953,51 +22952,51 @@
       <x:c r="J346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>581079</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>635</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>37177</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -23180,54 +23179,54 @@
       <x:c r="I350" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>558681</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -23352,54 +23351,54 @@
       <x:c r="I353" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>558683</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -23500,78 +23499,78 @@
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>556546</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>588376</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
@@ -23607,222 +23606,220 @@
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>556633</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
-        <x:v>36143</x:v>
+        <x:v>38899</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
-      <x:c r="E358" s="14" t="s"/>
+      <x:c r="E358" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>613053</x:v>
+        <x:v>558685</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
-      <x:c r="E359" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>120</x:v>
-[...2 lines deleted...]
-        <x:v>112</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>589867</x:v>
+        <x:v>613053</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
-        <x:v>38899</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>640</x:v>
-[...1 lines deleted...]
-      <x:c r="H360" s="14" t="s"/>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H360" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="I360" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>32688</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>558685</x:v>
+        <x:v>589867</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -24965,78 +24962,78 @@
       <x:c r="R380" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>556596</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>588372</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
@@ -26050,108 +26047,108 @@
       <x:c r="J399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>566609</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>574895</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
@@ -26178,51 +26175,51 @@
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>574885</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>54</x:v>
@@ -26332,105 +26329,105 @@
       <x:c r="J404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>574884</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>574894</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
@@ -26589,135 +26586,135 @@
       <x:c r="S408" s="14" t="n">
         <x:v>547008</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>586193</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>586194</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -26874,78 +26871,78 @@
         <x:v>564256</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>549285</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
@@ -27047,197 +27044,197 @@
       <x:c r="R416" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>545498</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>556972</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>556976</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H419" s="0" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>556147</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
@@ -27275,64 +27272,64 @@
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>552934</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H421" s="0" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
@@ -27752,142 +27749,142 @@
       <x:c r="S428" s="14" t="n">
         <x:v>552349</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>41128</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>589882</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H430" s="14" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>554813</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
@@ -27929,173 +27926,173 @@
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>552599</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>556977</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>554314</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -28221,54 +28218,54 @@
       <x:c r="S436" s="14" t="n">
         <x:v>581326</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>35878</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
@@ -28517,75 +28514,75 @@
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>552645</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
@@ -28920,78 +28917,78 @@
       <x:c r="S448" s="14" t="n">
         <x:v>589799</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>589852</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
@@ -29202,92 +29199,92 @@
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>552440</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H454" s="14" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I454" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>554872</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>37748</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
@@ -29323,95 +29320,95 @@
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>555031</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>556170</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -29686,78 +29683,78 @@
         <x:v>546328</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>549287</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
@@ -29909,512 +29906,512 @@
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>581633</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>40594</x:v>
+        <x:v>40853</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>588238</x:v>
+        <x:v>589790</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>41128</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="H467" s="0" t="s">
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>545492</x:v>
+        <x:v>589891</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
-        <x:v>40853</x:v>
+        <x:v>40863</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>310</x:v>
-[...1 lines deleted...]
-      <x:c r="H468" s="14" t="s"/>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H468" s="14" t="s">
+        <x:v>315</x:v>
+      </x:c>
       <x:c r="I468" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>589790</x:v>
+        <x:v>589955</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>41128</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>355</x:v>
-[...2 lines deleted...]
-        <x:v>356</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>589891</x:v>
+        <x:v>547292</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
-        <x:v>40863</x:v>
+        <x:v>35878</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>314</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>589955</x:v>
+        <x:v>560756</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>547292</x:v>
+        <x:v>549493</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
-        <x:v>35878</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
-      <x:c r="E472" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>292</x:v>
-[...1 lines deleted...]
-      <x:c r="H472" s="14" t="s"/>
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="H472" s="14" t="s">
+        <x:v>702</x:v>
+      </x:c>
       <x:c r="I472" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>560756</x:v>
+        <x:v>575867</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>40594</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>549493</x:v>
+        <x:v>588238</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
@@ -30437,371 +30434,370 @@
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>554842</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H475" s="0" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>554916</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
-        <x:v>35030</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s"/>
+      <x:c r="E476" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>586075</x:v>
+        <x:v>545492</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
-        <x:v>37266</x:v>
+        <x:v>35030</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>270</x:v>
-[...2 lines deleted...]
-        <x:v>271</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
-        <x:v>33052</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>556971</x:v>
+        <x:v>586075</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>701</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I478" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>708</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>709</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>575867</x:v>
+        <x:v>556971</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>629</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>590156</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>581254</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
@@ -30971,75 +30967,75 @@
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>589791</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
@@ -31304,92 +31300,92 @@
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>552235</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H490" s="14" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>554871</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>38112</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
@@ -31670,78 +31666,78 @@
       <x:c r="T495" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>598335</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
@@ -32070,78 +32066,78 @@
       <x:c r="S502" s="14" t="n">
         <x:v>612003</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>581262</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>40908</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
@@ -33362,78 +33358,78 @@
       <x:c r="T525" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>574461</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>38005</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
@@ -33665,111 +33661,111 @@
       <x:c r="I531" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>549661</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>569116</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
@@ -33809,78 +33805,78 @@
       <x:c r="T533" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>569114</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
@@ -34200,78 +34196,78 @@
       <x:c r="S540" s="14" t="n">
         <x:v>529357</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>563574</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
@@ -34313,84 +34309,84 @@
       <x:c r="S542" s="14" t="n">
         <x:v>578617</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>798</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>536163</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>36411</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
@@ -34542,78 +34538,78 @@
       <x:c r="T546" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>36500</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>553362</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -34714,108 +34710,108 @@
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>553385</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -34992,167 +34988,167 @@
       <x:c r="T554" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>553390</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>553426</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -35422,54 +35418,54 @@
       <x:c r="I562" s="16" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>498360</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>34298</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -35629,251 +35625,251 @@
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>541165</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>35756</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I566" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>531197</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>35756</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>531198</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I568" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>531507</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>531508</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
@@ -35891,54 +35887,54 @@
       <x:c r="I570" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>534839</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -36925,78 +36921,78 @@
         <x:v>543560</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I588" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>543949</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
@@ -37163,324 +37159,324 @@
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>552644</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
-        <x:v>35376</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="E593" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>266</x:v>
-[...2 lines deleted...]
-        <x:v>267</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>510681</x:v>
+        <x:v>499992</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
-        <x:v>36986</x:v>
+        <x:v>35376</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I594" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
-        <x:v>503874</x:v>
+        <x:v>510681</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="E595" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="H595" s="0" t="s">
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>543431</x:v>
+        <x:v>503874</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
-        <x:v>37851</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K596" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>499992</x:v>
+        <x:v>543431</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -37501,65 +37497,65 @@
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>543478</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H598" s="14" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I598" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
@@ -37660,51 +37656,51 @@
       <x:c r="H600" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I600" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>502448</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
@@ -38051,167 +38047,167 @@
       <x:c r="T606" s="16" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
         <x:v>505729</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C608" s="15" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>505746</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>35030</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
         <x:v>35014</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
@@ -38225,51 +38221,51 @@
         <x:v>830</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>36986</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I610" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -38285,51 +38281,51 @@
       <x:c r="T610" s="16" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>36986</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H611" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -38733,75 +38729,75 @@
         <x:v>62</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>521689</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C619" s="3" t="s"/>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>33060</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
         <x:v>516255</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>38489</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s"/>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
@@ -39067,64 +39063,64 @@
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
         <x:v>463901</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="E625" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H625" s="0" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
@@ -39265,51 +39261,51 @@
         <x:v>734</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s"/>
       <x:c r="K628" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>33002</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
         <x:v>224314</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>853</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>