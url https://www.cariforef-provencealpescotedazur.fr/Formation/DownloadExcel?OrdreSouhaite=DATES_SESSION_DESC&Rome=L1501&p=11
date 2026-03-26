--- v0 (2026-03-26)
+++ v1 (2026-03-26)
@@ -266,59 +266,59 @@
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maquilleur artistique et évènementiel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Maquilleur artistique et évènementiel BC2 réaliser un maquillage expert pour l’évènementiel (spécialisation beauté conseil et plateau télé)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maquilleur artistique et évènementiel BC2 réaliser un maquillage expert pour l’évènementiel (spécialisation beauté conseil et plateau télé)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure Formation Métiers en Demande</x:t>
@@ -755,105 +755,105 @@
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maquilleur artistique et évènementiel</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS métiers de la coiffure (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silvya Terrade Sud Est - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Elysées Marbeuf Cannes</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en contrat de pro</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>08/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitation hygiène et salubrité - Perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vive Conseil et Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sans niveau spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation hygiène et salubrité</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitation hygiène et salubrité - Pratique et perfectionnement</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Habilitation hygiène et salubrité</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
@@ -1860,283 +1860,283 @@
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>598850</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
-      <x:c r="E10" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>598867</x:v>
+        <x:v>622547</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>598851</x:v>
+        <x:v>598867</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s"/>
+      <x:c r="E12" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>622547</x:v>
+        <x:v>598851</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>622548</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
@@ -4182,51 +4182,51 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>583186</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -4580,51 +4580,51 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>616265</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
@@ -5395,161 +5395,157 @@
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>544989</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>106</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>556384</x:v>
+        <x:v>571136</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>546827</x:v>
+        <x:v>549474</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
@@ -5564,108 +5560,108 @@
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>555007</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>558135</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
@@ -5680,51 +5676,51 @@
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>554784</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -5740,336 +5736,342 @@
       <x:c r="L79" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>578859</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>549474</x:v>
+        <x:v>546827</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>571136</x:v>
+        <x:v>556384</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>554415</x:v>
+        <x:v>554543</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>554543</x:v>
+        <x:v>554415</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>554417</x:v>
+        <x:v>554418</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -6132,176 +6134,176 @@
         <x:v>111</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>554418</x:v>
+        <x:v>554417</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>565254</x:v>
+        <x:v>565261</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>565261</x:v>
+        <x:v>565254</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>243</x:v>
@@ -6309,51 +6311,51 @@
       <x:c r="K89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>551741</x:v>
+        <x:v>551751</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>242</x:v>
@@ -6364,51 +6366,51 @@
       <x:c r="K90" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>551751</x:v>
+        <x:v>550616</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>243</x:v>
@@ -6416,51 +6418,51 @@
       <x:c r="K91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>550616</x:v>
+        <x:v>551741</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>54</x:v>
@@ -7042,51 +7044,51 @@
         <x:v>111</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>506115</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
@@ -7122,51 +7124,51 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>506127</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>