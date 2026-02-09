--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -245,62 +245,62 @@
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Techniqual</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CABRIES</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Techniqual</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection physique des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Protection rapprochée</x:t>
@@ -542,110 +542,110 @@
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel opérateur en vidéoprotection et en télésurveillance</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>Télésurveillance</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de protection physique des personnes renforcé armé en catégorie B et D</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS management opérationnel de la sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPTR de L'Estaque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS management opérationnel de la sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP agent de sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP J Raynaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>bac pro métiers de la sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité publique</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste J d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>Asp Bodyguard</x:t>
@@ -674,122 +674,122 @@
   <x:si>
     <x:t>LP Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>BP agent technique de prévention et de sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Jacques Raynaud</x:t>
   </x:si>
   <x:si>
+    <x:t>LP A Hutinel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de protection des personnes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LP A Hutinel</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Dirigeant d'entreprise de sécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP P Latécoère</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>LP P Latécoère</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent P Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04203</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
@@ -1148,59 +1148,59 @@
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>France Formation Sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Côte d'Azur</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>APS - Surveillance humaine ou gardiennage (sans SST MAC) - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Formosecours</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formeo 13</x:t>
@@ -1415,65 +1415,65 @@
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent privé de protection de personnalité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evolusio Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Evolusio Formations</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Surveillant - visiteur de nuit en secteur social et médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>Association du Centre d'Orientation de Psychologie Appliquée et de Documentation</x:t>
   </x:si>
   <x:si>
     <x:t>ACOPAD</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité secteur social</x:t>
   </x:si>
   <x:si>
     <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
@@ -1523,104 +1523,104 @@
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Formations Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Palpation de sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hse Consulting</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 4e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Als Naille Cyno</x:t>
   </x:si>
   <x:si>
     <x:t>13510</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Opérateur spécialisé en traitement d’informations de sécurité à distance</x:t>
   </x:si>
   <x:si>
-    <x:t>Palpation de sécurité</x:t>
-[...5 lines deleted...]
-    <x:t>MARSEILLE- 4e</x:t>
+    <x:t>Vidéoprotection - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité cynophile</x:t>
   </x:si>
   <x:si>
     <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ajout ou Remplacement de chien sur la carte professionnelle</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rescue Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>RFC</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Ab Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Anaris Consulting - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + habilitations électrriques H0 - B0</x:t>
@@ -1631,96 +1631,96 @@
   <x:si>
     <x:t>MAC APR - Maitien et actualisation des compétences d'agent de protection rapprochée</x:t>
   </x:si>
   <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Agent en protection physique des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
+    <x:t>Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service +  Agent de prévention et de sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de surveillance renforcée avec armes de catégorie D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bird Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de sécurité renforcé armé de catégorie D</x:t>
   </x:si>
   <x:si>
     <x:t>Armement</x:t>
   </x:si>
   <x:si>
-    <x:t>Agent de surveillance renforcée avec armes de catégorie D</x:t>
-[...11 lines deleted...]
-    <x:t>MARSEILLE- 8e</x:t>
+    <x:t>Équipier de première intervention (EPI)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athéna Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
     <x:t>IFPST</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation d'Incendie et de Sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>CFIS</x:t>
   </x:si>
   <x:si>
     <x:t>84270</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + habilitations électrriques H0 - B0</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de sécurité et de surveillance humaine</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Envergure</x:t>
   </x:si>
   <x:si>
     <x:t>93600</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
@@ -2994,149 +2994,150 @@
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>602308</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="C11" s="3" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="J11" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>613552</x:v>
+        <x:v>606641</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>60</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="S12" s="14" t="n">
+        <x:v>613552</x:v>
+      </x:c>
+      <x:c r="T12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="S12" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
@@ -3949,81 +3950,81 @@
       <x:c r="R28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>602306</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I29" s="4" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="Q29" s="4" t="s">
+      <x:c r="R29" s="0" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>606640</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5291,149 +5292,150 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>608189</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>150</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>152</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>42801</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>599957</x:v>
+        <x:v>613546</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="C55" s="3" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="n">
+        <x:v>37879</x:v>
+      </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>613546</x:v>
+        <x:v>599957</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
@@ -5504,553 +5506,555 @@
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>600362</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>144</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="Q58" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="Q58" s="16" t="s">
+      <x:c r="R58" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="R58" s="14" t="s">
+      <x:c r="S58" s="14" t="n">
+        <x:v>595134</x:v>
+      </x:c>
+      <x:c r="T58" s="16" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="Q59" s="4" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="R59" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="Q59" s="4" t="s">
+      <x:c r="S59" s="0" t="n">
+        <x:v>601753</x:v>
+      </x:c>
+      <x:c r="T59" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="U59" s="4" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>144</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>41000</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>601753</x:v>
+        <x:v>596889</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="n">
+        <x:v>41000</x:v>
+      </x:c>
+      <x:c r="D61" s="3" t="s"/>
+      <x:c r="E61" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="G61" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="I61" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C61" s="3" t="n">
-[...8 lines deleted...]
-      </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>596889</x:v>
+        <x:v>603627</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>595112</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>595115</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>595118</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>611320</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>607833</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -6063,505 +6067,506 @@
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>607760</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>595120</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>595131</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>607311</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>609524</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>144</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>39841</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>607839</x:v>
+        <x:v>595117</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>39133</x:v>
+        <x:v>39841</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
+      <x:c r="E73" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>42803</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="S73" s="0" t="n">
+        <x:v>607839</x:v>
+      </x:c>
+      <x:c r="T73" s="4" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="U73" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="Q74" s="16" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="R74" s="14" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>595133</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>596888</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
@@ -6570,164 +6575,164 @@
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>602303</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>596892</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>599383</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -6740,901 +6745,900 @@
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>607759</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>595113</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>595116</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42803</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>595119</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>599872</x:v>
+        <x:v>607837</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="Q84" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="Q84" s="16" t="s">
+      <x:c r="R84" s="14" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>596887</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>596890</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>607768</x:v>
+        <x:v>599872</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38226</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>607772</x:v>
+        <x:v>597762</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>144</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>41352</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>607835</x:v>
+        <x:v>595111</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>41352</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>607837</x:v>
+        <x:v>595114</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>38002</x:v>
+        <x:v>38226</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>597762</x:v>
+        <x:v>596891</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>39133</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>42803</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>595111</x:v>
+        <x:v>595132</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>164</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>39133</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s"/>
+      <x:c r="E92" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>42803</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>595114</x:v>
+        <x:v>607768</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>596891</x:v>
+        <x:v>607772</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>164</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>41000</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>595132</x:v>
+        <x:v>607835</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
@@ -7656,82 +7660,82 @@
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>605433</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="Q96" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="Q96" s="16" t="s">
+      <x:c r="R96" s="14" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>606639</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>45</x:v>
@@ -8123,81 +8127,81 @@
       <x:c r="R104" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>605431</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I105" s="4" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="Q105" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="Q105" s="4" t="s">
+      <x:c r="R105" s="0" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>606638</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
@@ -8478,51 +8482,51 @@
       <x:c r="I111" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>610709</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
@@ -8652,54 +8656,54 @@
       <x:c r="I114" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>616146</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>45</x:v>
@@ -9254,51 +9258,51 @@
       <x:c r="J125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>616145</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
@@ -9360,51 +9364,51 @@
       <x:c r="I127" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>610708</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9600,78 +9604,78 @@
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>614955</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9805,149 +9809,150 @@
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>616816</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>306</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>616847</x:v>
+        <x:v>613539</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="C137" s="3" t="s"/>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C137" s="3" t="n">
+        <x:v>41352</x:v>
+      </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="J137" s="0" t="s">
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>613539</x:v>
+        <x:v>616847</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
@@ -10390,51 +10395,51 @@
       <x:c r="G146" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>598017</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
@@ -10525,81 +10530,81 @@
       <x:c r="R148" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>605429</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I149" s="4" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="Q149" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="Q149" s="4" t="s">
+      <x:c r="R149" s="0" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>606637</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
@@ -10663,51 +10668,51 @@
       <x:c r="I151" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>610707</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
@@ -10859,78 +10864,78 @@
         <x:v>291</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>616143</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I155" s="4" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="Q155" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="Q155" s="4" t="s">
+      <x:c r="R155" s="0" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>606656</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -11119,51 +11124,51 @@
       <x:c r="J159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>616365</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -11182,51 +11187,51 @@
       <x:c r="J160" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>616142</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>259</x:v>
@@ -11320,51 +11325,51 @@
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
@@ -11459,51 +11464,51 @@
       <x:c r="I165" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>610713</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
@@ -11533,375 +11538,375 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>610222</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="C167" s="3" t="s"/>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C167" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D167" s="3" t="s"/>
+      <x:c r="E167" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F167" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="J167" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>586796</x:v>
+        <x:v>612250</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G168" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="R168" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="S168" s="14" t="n">
+        <x:v>583671</x:v>
+      </x:c>
+      <x:c r="T168" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="R168" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="I169" s="4" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="Q169" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="Q169" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>613007</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>586708</x:v>
+        <x:v>586796</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>349</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
-      <x:c r="E171" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>279</x:v>
-[...2 lines deleted...]
-        <x:v>301</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>175</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>583671</x:v>
+        <x:v>586708</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>616347</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
@@ -11996,51 +12001,51 @@
       <x:c r="U174" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
@@ -12377,54 +12382,54 @@
       <x:c r="I181" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>616890</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38002</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
@@ -12543,106 +12548,106 @@
       <x:c r="H184" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="Q184" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="Q184" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>583810</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I185" s="4" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="Q185" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="Q185" s="4" t="s">
+      <x:c r="R185" s="0" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>606655</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12824,155 +12829,159 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>599509</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>262</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
-      <x:c r="E190" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E190" s="14" t="s"/>
+      <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>140</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>142</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>612257</x:v>
+        <x:v>613537</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="C191" s="3" t="s"/>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C191" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D191" s="3" t="s"/>
+      <x:c r="E191" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F191" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H191" s="0" t="s">
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="J191" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>613537</x:v>
+        <x:v>612257</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -13305,51 +13314,51 @@
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>607624</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
@@ -13424,51 +13433,51 @@
         <x:v>259</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>591636</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
@@ -13478,51 +13487,51 @@
       <x:c r="J201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>610220</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -13541,51 +13550,51 @@
       <x:c r="J202" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>612252</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>24</x:v>
@@ -13607,149 +13616,150 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>602294</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>150</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>152</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>42801</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>599956</x:v>
+        <x:v>616393</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>43</x:v>
-[...1 lines deleted...]
-      <x:c r="C205" s="3" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C205" s="3" t="n">
+        <x:v>37879</x:v>
+      </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="J205" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>616393</x:v>
+        <x:v>599956</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -13972,126 +13982,117 @@
       <x:c r="I210" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>612244</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
-      <x:c r="E211" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>612246</x:v>
+        <x:v>606636</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>142</x:v>
@@ -14179,100 +14180,106 @@
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>612254</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s"/>
-      <x:c r="F214" s="14" t="s"/>
+      <x:c r="E214" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F214" s="14" t="s">
+        <x:v>264</x:v>
+      </x:c>
       <x:c r="G214" s="14" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>606636</x:v>
+        <x:v>612246</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
@@ -14302,75 +14309,75 @@
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="G216" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>612242</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
@@ -14433,195 +14440,195 @@
       <x:c r="G218" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>608325</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>583667</x:v>
+        <x:v>612248</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G220" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>612248</x:v>
+        <x:v>583667</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -15371,78 +15378,78 @@
         <x:v>152</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>599508</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I235" s="4" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="Q235" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="Q235" s="4" t="s">
+      <x:c r="R235" s="0" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>606647</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>36301</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
@@ -15506,51 +15513,51 @@
       <x:c r="I237" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>591635</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
@@ -15741,100 +15748,100 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>608323</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>38450</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>377</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>613175</x:v>
+        <x:v>589917</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15852,100 +15859,100 @@
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>616251</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>38450</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>589917</x:v>
+        <x:v>613175</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
@@ -16070,154 +16077,157 @@
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>586793</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
-      <x:c r="E248" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E248" s="14" t="s"/>
+      <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>140</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>612251</x:v>
+        <x:v>610221</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
+      <x:c r="E249" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F249" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H249" s="0" t="s">
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>610221</x:v>
+        <x:v>612251</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
@@ -16536,75 +16546,75 @@
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="G256" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>583669</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>40298</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
@@ -16712,51 +16722,51 @@
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
@@ -17169,78 +17179,78 @@
       <x:c r="T266" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>602679</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
@@ -17270,784 +17280,786 @@
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>599507</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H269" s="0" t="s">
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>587321</x:v>
+        <x:v>611299</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>32</x:v>
-[...1 lines deleted...]
-      <x:c r="C270" s="15" t="s"/>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C270" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="J270" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="K270" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="L270" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M270" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N270" s="15" t="n">
+        <x:v>42811</x:v>
+      </x:c>
+      <x:c r="O270" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="P270" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="J270" s="14" t="s"/>
-[...17 lines deleted...]
-      </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>586078</x:v>
+        <x:v>585837</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>487</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>485</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>42801</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>586088</x:v>
+        <x:v>586078</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>488</x:v>
-[...1 lines deleted...]
-      <x:c r="C272" s="15" t="s"/>
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="C272" s="15" t="n">
+        <x:v>38449</x:v>
+      </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>352</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>353</x:v>
-[...1 lines deleted...]
-      <x:c r="J272" s="14" t="s"/>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="J272" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>611299</x:v>
+        <x:v>586088</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>585837</x:v>
+        <x:v>587321</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="C274" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>485</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>42005</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>585355</x:v>
+        <x:v>586092</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="C275" s="3" t="s"/>
+      <x:c r="C275" s="3" t="n">
+        <x:v>40271</x:v>
+      </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="J275" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>585366</x:v>
+        <x:v>585354</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>493</x:v>
-[...1 lines deleted...]
-      <x:c r="H276" s="14" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s"/>
+      <x:c r="I276" s="16" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="J276" s="14" t="s"/>
+      <x:c r="K276" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="I276" s="16" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>607580</x:v>
+        <x:v>585362</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>581388</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>491</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>485</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>42005</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>585354</x:v>
+        <x:v>586076</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>492</x:v>
-[...1 lines deleted...]
-      <x:c r="C279" s="3" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C279" s="3" t="n">
+        <x:v>41394</x:v>
+      </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="J279" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>585362</x:v>
+        <x:v>607580</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>500</x:v>
-[...1 lines deleted...]
-      <x:c r="C280" s="15" t="s"/>
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="C280" s="15" t="n">
+        <x:v>40271</x:v>
+      </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>485</x:v>
-[...1 lines deleted...]
-      <x:c r="J280" s="14" t="s"/>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="J280" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K280" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>586076</x:v>
+        <x:v>585355</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>42801</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>586092</x:v>
+        <x:v>585366</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>585357</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -18093,229 +18105,229 @@
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="G284" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>583670</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>586093</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>585358</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>586080</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>41394</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
@@ -18829,150 +18841,149 @@
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>600697</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>32</x:v>
-[...1 lines deleted...]
-      <x:c r="C298" s="15" t="s"/>
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="C298" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>152</x:v>
-[...1 lines deleted...]
-      <x:c r="J298" s="14" t="s"/>
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="J298" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>599952</x:v>
+        <x:v>615074</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>520</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>23641</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>585295</x:v>
+        <x:v>599952</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>41396</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -18996,969 +19007,976 @@
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>609277</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>36648</x:v>
+        <x:v>37616</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>42811</x:v>
+        <x:v>23641</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>615074</x:v>
+        <x:v>585295</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>416</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>417</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>603850</x:v>
+        <x:v>585294</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>613251</x:v>
+        <x:v>611083</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>32</x:v>
-[...1 lines deleted...]
-      <x:c r="C304" s="15" t="s"/>
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="C304" s="15" t="n">
+        <x:v>40298</x:v>
+      </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>528</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>530</x:v>
-[...1 lines deleted...]
-      <x:c r="J304" s="14" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="J304" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>31875</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>613285</x:v>
+        <x:v>600745</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>38002</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>609283</x:v>
+        <x:v>615076</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>321</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>611137</x:v>
+        <x:v>609294</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>585294</x:v>
+        <x:v>611137</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>611083</x:v>
+        <x:v>603850</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>40298</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="H309" s="0" t="s">
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>31875</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>600745</x:v>
+        <x:v>613251</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>525</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>370</x:v>
-[...1 lines deleted...]
-      <x:c r="H310" s="14" t="s"/>
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s">
+        <x:v>533</x:v>
+      </x:c>
       <x:c r="I310" s="16" t="s">
-        <x:v>371</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>42811</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>615076</x:v>
+        <x:v>613285</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>532</x:v>
-[...1 lines deleted...]
-      <x:c r="C311" s="3" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C311" s="3" t="n">
+        <x:v>38002</x:v>
+      </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="J311" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>609294</x:v>
+        <x:v>609283</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>585303</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>32</x:v>
-[...1 lines deleted...]
-      <x:c r="C313" s="3" t="s"/>
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="C313" s="3" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="H313" s="0" t="s">
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="J313" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>612757</x:v>
+        <x:v>611085</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>537</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>321</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>142</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>611085</x:v>
+        <x:v>612757</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>38002</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>42812</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>615080</x:v>
+        <x:v>611435</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>506</x:v>
-[...1 lines deleted...]
-      <x:c r="H316" s="14" t="s"/>
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s">
+        <x:v>511</x:v>
+      </x:c>
       <x:c r="I316" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>611435</x:v>
+        <x:v>611082</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>611082</x:v>
+        <x:v>611658</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>507</x:v>
@@ -19981,51 +19999,51 @@
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>611459</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42811</x:v>
@@ -20035,202 +20053,201 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>615075</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
-        <x:v>40375</x:v>
+        <x:v>38002</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>42822</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>585300</x:v>
+        <x:v>615080</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>32</x:v>
-[...1 lines deleted...]
-      <x:c r="C321" s="3" t="s"/>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="C321" s="3" t="n">
+        <x:v>40375</x:v>
+      </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
+      <x:c r="J321" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>42854</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>585308</x:v>
+        <x:v>585300</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>528</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>530</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>530</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>611658</x:v>
+        <x:v>585308</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
@@ -20783,51 +20800,51 @@
       <x:c r="J332" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>579095</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -20909,51 +20926,51 @@
       <x:c r="J334" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>580279</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -20963,51 +20980,51 @@
       <x:c r="J335" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>608530</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
@@ -21020,51 +21037,51 @@
       <x:c r="J336" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42801</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>608528</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>37879</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -21290,136 +21307,136 @@
       <x:c r="S340" s="14" t="n">
         <x:v>580286</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>606687</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="G342" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>581873</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
@@ -21495,51 +21512,51 @@
       <x:c r="J344" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>42811</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>580277</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>36648</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
@@ -21549,51 +21566,51 @@
       <x:c r="J345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>579096</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
@@ -21606,153 +21623,153 @@
       <x:c r="J346" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>608228</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>608272</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>608278</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
@@ -21771,276 +21788,276 @@
       <x:c r="J349" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>42854</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>608238</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
-        <x:v>42854</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>608255</x:v>
+        <x:v>608273</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
-        <x:v>37879</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>42801</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>608531</x:v>
+        <x:v>608276</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
-        <x:v>40385</x:v>
+        <x:v>37879</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>608273</x:v>
+        <x:v>608531</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
-        <x:v>40385</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42854</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>608276</x:v>
+        <x:v>608255</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>40278</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
@@ -22272,51 +22289,51 @@
       <x:c r="J358" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>31814</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>608233</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -22485,51 +22502,51 @@
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>587780</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
@@ -22596,51 +22613,51 @@
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>587781</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
@@ -22719,51 +22736,51 @@
       <x:c r="J366" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>570869</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
@@ -22790,168 +22807,167 @@
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>570849</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
-      <x:c r="E368" s="14" t="s"/>
+      <x:c r="E368" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>544714</x:v>
+        <x:v>551964</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
-      <x:c r="E369" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>551964</x:v>
+        <x:v>544714</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -22966,51 +22982,51 @@
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>544950</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
@@ -23080,51 +23096,51 @@
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>549175</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
@@ -23137,51 +23153,51 @@
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>569650</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23212,197 +23228,197 @@
       <x:c r="U374" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>556778</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>549473</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>564877</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>39133</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -23524,51 +23540,51 @@
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>556163</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
@@ -23590,409 +23606,407 @@
       <x:c r="J381" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>556584</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>37737</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
-      <x:c r="E382" s="14" t="s"/>
+      <x:c r="E382" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>42801</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>601290</x:v>
+        <x:v>552407</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>38113</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>552407</x:v>
+        <x:v>556162</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>38113</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>185</x:v>
-[...1 lines deleted...]
-      <x:c r="H384" s="14" t="s"/>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H384" s="14" t="s">
+        <x:v>199</x:v>
+      </x:c>
       <x:c r="I384" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>556162</x:v>
+        <x:v>556835</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>38227</x:v>
+        <x:v>39133</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>198</x:v>
-[...2 lines deleted...]
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>556835</x:v>
+        <x:v>552418</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
-        <x:v>39133</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>42803</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>552418</x:v>
+        <x:v>556161</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>37737</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
-      <x:c r="E387" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>556161</x:v>
+        <x:v>601290</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
@@ -24267,51 +24281,51 @@
       <x:c r="J393" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>526767</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -24323,111 +24337,111 @@
       <x:c r="I394" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="R394" s="14" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>547760</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>502692</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
@@ -24514,51 +24528,51 @@
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>517867</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24573,51 +24587,51 @@
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>510286</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
@@ -24641,156 +24655,156 @@
         <x:v>509535</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>502805</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>34507</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>31875</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>502713</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>623</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24859,51 +24873,51 @@
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>493612</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24949,51 +24963,51 @@
       <x:c r="E405" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>538971</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
@@ -25108,95 +25122,95 @@
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38227</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>508956</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>188</x:v>
@@ -25226,257 +25240,257 @@
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38226</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>42822</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>509149</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>41000</x:v>
+        <x:v>38227</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H411" s="0" t="s">
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>499323</x:v>
+        <x:v>509145</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>41000</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>499716</x:v>
+        <x:v>499323</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>38227</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>198</x:v>
-[...2 lines deleted...]
-        <x:v>199</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>42822</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>509145</x:v>
+        <x:v>499716</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>466</x:v>