--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -275,86 +275,86 @@
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire traditionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en nutrition naturopathe ayurvédique</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Thérapie holistique spécialité epigenetique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eleva Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOULT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yin Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Ojas</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Thérapie holistique spécialité epigenetique</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Sophrologue</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Sophrologie Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire Zu Dan</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
@@ -845,56 +845,56 @@
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de garuda module seated standing</x:t>
   </x:si>
   <x:si>
     <x:t>Fit Studio</x:t>
   </x:si>
   <x:si>
     <x:t>83350</x:t>
   </x:si>
   <x:si>
     <x:t>RAMATUELLE</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien en hypnose conversationnelle</x:t>
   </x:si>
   <x:si>
-    <x:t>05/11/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Praticien en art thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose Ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Efth Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Kobido</x:t>
@@ -1067,56 +1067,56 @@
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Philosophihe du yoga</x:t>
   </x:si>
   <x:si>
     <x:t>03/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrotherapie</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
-    <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Inductions hypnotiques rapides</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Evolution et Synergie</x:t>
   </x:si>
   <x:si>
     <x:t>FES</x:t>
   </x:si>
   <x:si>
     <x:t>30130</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module pratique, observation et enseignement reformer cadillac</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2026 00:00:00</x:t>
@@ -1388,65 +1388,65 @@
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Temana</x:t>
   </x:si>
   <x:si>
     <x:t>31770</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique soin corporel</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
+    <x:t>Art-thérapeute en mouvement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Terre de Lune</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Se former aux plantes médicinales - première partie</x:t>
   </x:si>
   <x:si>
-    <x:t>01/22/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Méthode Pilates Matwork continue</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Instructeur Pilates</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Polygone</x:t>
   </x:si>
   <x:si>
     <x:t>GP</x:t>
   </x:si>
   <x:si>
     <x:t>95000</x:t>
@@ -1796,68 +1796,68 @@
   <x:si>
     <x:t>Uniyoga</x:t>
   </x:si>
   <x:si>
     <x:t>06370</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Celine Dahan</x:t>
   </x:si>
   <x:si>
     <x:t>10/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Kinésiologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surya Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Accompagnement relationnel et massage - Relation d'aide par le toucher - Niveau I</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>08/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Kinésiologie</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Conseiller en naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Isupnat</x:t>
   </x:si>
   <x:si>
     <x:t>75005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Andralian</x:t>
   </x:si>
   <x:si>
     <x:t>IFS</x:t>
   </x:si>
   <x:si>
     <x:t>75003</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
@@ -2084,272 +2084,272 @@
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en sophrologie EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
   </x:si>
   <x:si>
     <x:t>EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir Sophrologue</x:t>
   </x:si>
   <x:si>
     <x:t>Masseur bien-être</x:t>
   </x:si>
   <x:si>
+    <x:t>Apprendre et pratiquer la sophrologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
-    <x:t>Apprendre et pratiquer la sophrologie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e et 3e année</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien naturopathe : naturopathe</x:t>
   </x:si>
   <x:si>
-    <x:t>09/05/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en naturopathie à distance</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Accompagnement énergétique - Massages énergétiques - Bols tibétains - Réflexologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yoann Fonte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage ayurvédique Abhyanga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bien-être femme enceinte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Ferme de Beaugensiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BELGENTIER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les massages du monde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bien-être - Réflexologie plantaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jak - Aftec</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Médiateur artistique : organiser et conduire un atelier de médiation artistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iffcn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage sonore aux bols chantants tibétains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réflexologie palmaire énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseils en gemmothérapie - Bourgeons et infusions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unamano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseils en phytologie - Huiles essentielles et végétales - Hydrolats - Bourgeons et Infusions - Fleurs de Bach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage amma assis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Deep Tissue - Niveau 1</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
-[...85 lines deleted...]
-  <x:si>
     <x:t>Praticien TCC</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir masseur bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Hawaïen Lomi Lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Madérothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>Le protocole Zénith</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Chinois - Tui Na bien-être - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien(ne) en drainage lymphatique bien-être corps et visage</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en aromathérapie - Huiles essentielles, hydrolats et huiles végétales</x:t>
   </x:si>
   <x:si>
+    <x:t>Les bases du massage bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage bébé Shantala</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage californien et/ou suédois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage thaïlandais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage ayurvédique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage enfant (de 2 à 12 ans)</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage ayurvédique</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Massage balinais</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologie et sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil en aromathérapie</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en thérapie par le rire</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Licencié pour motif économique , Profession libérale , Public sans emploi , Salarié</x:t>
@@ -2357,56 +2357,56 @@
   <x:si>
     <x:t>Expert praticien en thérapies naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Module - Anatomie-Physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophro-analyse et mouvements oculaires</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/26/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialisations en sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignant , Formateur , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/02/2026 00:00:00</x:t>
@@ -2582,56 +2582,56 @@
   <x:si>
     <x:t>Technicien spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module d’acquisition de compétences en danse-thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Animer un atelier de ludothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Adnr</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CNR Formations - Collège de Naturopathie ressourcée</x:t>
   </x:si>
   <x:si>
     <x:t>17250</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en nutrition et gestion du mental - naturopathe ayurvédique niveau 1</x:t>
@@ -2711,69 +2711,69 @@
   <x:si>
     <x:t>Massage lomi lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage crânien indien Shirotchampi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Tuina Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Bols Tibétains</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Thaïlandais à l'huile</x:t>
   </x:si>
   <x:si>
     <x:t>Tuina du dos</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage Ayurvedique Abhyanga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madéro'fit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Oriental</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relaxation coréenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Réflexologie plantaire thaïlandaise</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Shiatsu</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>12/03/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage suédois Deep Tissue</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe, relaxologue, praticien en réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Synergie Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>ESN</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (1 année)</x:t>
   </x:si>
@@ -3829,122 +3829,122 @@
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>15450</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="S9" s="0" t="n">
+        <x:v>616457</x:v>
+      </x:c>
+      <x:c r="T9" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="S9" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T9" s="4" t="s">
+      <x:c r="U9" s="4" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>15450</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="Q10" s="16" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>616457</x:v>
+        <x:v>616987</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
@@ -4089,51 +4089,51 @@
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>488934</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
@@ -4324,78 +4324,78 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>602500</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>616460</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -4630,78 +4630,78 @@
         <x:v>34</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>615222</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>616459</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -4936,78 +4936,78 @@
         <x:v>136</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>601897</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>616458</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
@@ -5370,78 +5370,78 @@
         <x:v>176</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>595441</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>616456</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -5773,145 +5773,145 @@
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>599687</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>589946</x:v>
+        <x:v>580519</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>580519</x:v>
+        <x:v>589946</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
@@ -6186,78 +6186,78 @@
         <x:v>57</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>581317</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>616440</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -6283,80 +6283,80 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>580512</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>616986</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
@@ -6441,126 +6441,126 @@
       <x:c r="R59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>602499</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>578441</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>616985</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
@@ -6740,142 +6740,142 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>586579</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>581476</x:v>
+        <x:v>580514</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>580514</x:v>
+        <x:v>581476</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
@@ -6884,100 +6884,100 @@
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>612767</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>599685</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
@@ -7104,131 +7104,131 @@
         <x:v>100</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>587880</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>616439</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>616441</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>270</x:v>
@@ -7917,51 +7917,51 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>611696</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
@@ -8019,74 +8019,74 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>586567</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>617091</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
@@ -8246,51 +8246,51 @@
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>616706</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
@@ -8330,78 +8330,78 @@
         <x:v>270</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>588039</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>616989</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -8515,100 +8515,100 @@
       <x:c r="K100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>579939</x:v>
+        <x:v>580511</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>580511</x:v>
+        <x:v>579939</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
@@ -9354,78 +9354,78 @@
         <x:v>254</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>586573</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>578436</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
@@ -9910,78 +9910,78 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>616422</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>617090</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
@@ -10269,51 +10269,51 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>616123</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
@@ -10543,141 +10543,140 @@
       <x:c r="R139" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>608390</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>426</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>441</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>616121</x:v>
+        <x:v>611592</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="I141" s="4" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="K141" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="L141" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="M141" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="N141" s="3" t="n">
+        <x:v>43438</x:v>
+      </x:c>
+      <x:c r="O141" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="P141" s="0" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="Q141" s="4" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="R141" s="0" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="S141" s="0" t="n">
+        <x:v>616121</x:v>
+      </x:c>
+      <x:c r="T141" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="H141" s="0" t="s">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
@@ -11620,1678 +11619,1678 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>587854</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>598449</x:v>
+        <x:v>602685</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>598474</x:v>
+        <x:v>598449</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>598448</x:v>
+        <x:v>598474</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>598451</x:v>
+        <x:v>598448</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>598455</x:v>
+        <x:v>598451</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>598466</x:v>
+        <x:v>598455</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>598469</x:v>
+        <x:v>598466</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>598478</x:v>
+        <x:v>598469</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>614716</x:v>
+        <x:v>598478</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>598450</x:v>
+        <x:v>614716</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>598452</x:v>
+        <x:v>598450</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>598453</x:v>
+        <x:v>598452</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>598480</x:v>
+        <x:v>598453</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>587863</x:v>
+        <x:v>598480</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>598456</x:v>
+        <x:v>587863</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>598457</x:v>
+        <x:v>598456</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>598460</x:v>
+        <x:v>598457</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>598468</x:v>
+        <x:v>598460</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>572605</x:v>
+        <x:v>598468</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>587861</x:v>
+        <x:v>572605</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>598396</x:v>
+        <x:v>587861</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>598447</x:v>
+        <x:v>598396</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>598454</x:v>
+        <x:v>598447</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>598459</x:v>
+        <x:v>598454</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>598462</x:v>
+        <x:v>598459</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>598479</x:v>
+        <x:v>598462</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>364</x:v>
-[...2 lines deleted...]
-        <x:v>365</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>602685</x:v>
+        <x:v>598479</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>574335</x:v>
+        <x:v>598446</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>598446</x:v>
+        <x:v>598463</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>598463</x:v>
+        <x:v>598472</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>598472</x:v>
+        <x:v>598475</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>598475</x:v>
+        <x:v>574335</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>137</x:v>
@@ -13785,75 +13784,75 @@
         <x:v>246</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>575827</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>558514</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
@@ -14730,51 +14729,51 @@
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>613597</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
@@ -14783,51 +14782,51 @@
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>614475</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
@@ -14865,132 +14864,132 @@
       <x:c r="R223" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>560332</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>574178</x:v>
+        <x:v>598429</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="I225" s="4" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="K225" s="0" t="s">
         <x:v>579</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>598429</x:v>
+        <x:v>574178</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>583</x:v>
@@ -15141,51 +15140,51 @@
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>586607</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
@@ -15582,80 +15581,80 @@
       <x:c r="R237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>551478</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>578435</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>467</x:v>
@@ -16624,51 +16623,51 @@
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>488932</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
@@ -16676,51 +16675,51 @@
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>569784</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
@@ -16804,81 +16803,81 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>603040</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>579929</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
@@ -16996,110 +16995,110 @@
       <x:c r="K265" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>544372</x:v>
+        <x:v>579208</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>579208</x:v>
+        <x:v>544372</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>58</x:v>
@@ -17386,143 +17385,142 @@
         <x:v>435</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>579985</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>666</x:v>
-[...2 lines deleted...]
-        <x:v>667</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>570551</x:v>
+        <x:v>571122</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>545</x:v>
-[...1 lines deleted...]
-      <x:c r="H274" s="14" t="s"/>
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s">
+        <x:v>667</x:v>
+      </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>546</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>571122</x:v>
+        <x:v>570551</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>102</x:v>
@@ -17739,145 +17737,145 @@
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>578935</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>628</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>573270</x:v>
+        <x:v>587179</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>680</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>681</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>587179</x:v>
+        <x:v>573270</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
@@ -18008,2311 +18006,2312 @@
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>606653</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="C285" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="H285" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>694</x:v>
-[...2 lines deleted...]
-        <x:v>164</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>696</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>575692</x:v>
+        <x:v>577454</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>699</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="H286" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>694</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>575693</x:v>
+        <x:v>577457</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>698</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>364</x:v>
-[...2 lines deleted...]
-        <x:v>365</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>579048</x:v>
+        <x:v>577460</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>692</x:v>
-[...1 lines deleted...]
-      <x:c r="H288" s="14" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s"/>
+      <x:c r="I288" s="16" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="J288" s="14" t="s"/>
+      <x:c r="K288" s="14" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="L288" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="M288" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="N288" s="15" t="n">
+        <x:v>43425</x:v>
+      </x:c>
+      <x:c r="O288" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="P288" s="14" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="Q288" s="16" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="R288" s="14" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="S288" s="14" t="n">
+        <x:v>597820</x:v>
+      </x:c>
+      <x:c r="T288" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
-      <x:c r="I288" s="16" t="s">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>698</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>574195</x:v>
+        <x:v>604528</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>702</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>580114</x:v>
+        <x:v>566791</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>703</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>577455</x:v>
+        <x:v>573783</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>577458</x:v>
+        <x:v>586478</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>577478</x:v>
+        <x:v>577475</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>577505</x:v>
+        <x:v>577476</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>604528</x:v>
+        <x:v>577486</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>586478</x:v>
+        <x:v>577532</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="S297" s="0" t="n">
+        <x:v>510287</x:v>
+      </x:c>
+      <x:c r="T297" s="4" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="U297" s="4" t="s">
         <x:v>713</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>714</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>577475</x:v>
+        <x:v>510312</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>715</x:v>
-[...1 lines deleted...]
-      <x:c r="C299" s="3" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C299" s="3" t="n">
+        <x:v>35944</x:v>
+      </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="J299" s="0" t="s">
+        <x:v>150</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>15459</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>577476</x:v>
+        <x:v>576262</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>577486</x:v>
+        <x:v>574195</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>577532</x:v>
+        <x:v>580114</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>510287</x:v>
+        <x:v>577455</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>510312</x:v>
+        <x:v>577458</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>720</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>577454</x:v>
+        <x:v>577478</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>577457</x:v>
+        <x:v>577505</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>722</x:v>
-[...1 lines deleted...]
-      <x:c r="C306" s="15" t="s"/>
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C306" s="15" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>705</x:v>
-[...1 lines deleted...]
-      <x:c r="H306" s="14" t="s"/>
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s">
+        <x:v>715</x:v>
+      </x:c>
       <x:c r="I306" s="16" t="s">
-        <x:v>568</x:v>
-[...1 lines deleted...]
-      <x:c r="J306" s="14" t="s"/>
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="J306" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>577460</x:v>
+        <x:v>575692</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>507</x:v>
-[...1 lines deleted...]
-      <x:c r="C307" s="3" t="s"/>
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="C307" s="3" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="J307" s="0" t="s">
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>597820</x:v>
+        <x:v>575693</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>487</x:v>
-[...1 lines deleted...]
-      <x:c r="H308" s="14" t="s"/>
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s">
+        <x:v>365</x:v>
+      </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>573783</x:v>
+        <x:v>579048</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>579050</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>576554</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>577482</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>577512</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>598666</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>543919</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>577479</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>577510</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>577530</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>579377</x:v>
+        <x:v>603664</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>510289</x:v>
+        <x:v>543611</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>603664</x:v>
+        <x:v>577459</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>543611</x:v>
+        <x:v>577468</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>719</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>742</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>577459</x:v>
+        <x:v>577531</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>577468</x:v>
+        <x:v>577533</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>577531</x:v>
+        <x:v>510289</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>577533</x:v>
+        <x:v>579377</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42001</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>577456</x:v>
+        <x:v>510254</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>577507</x:v>
+        <x:v>577456</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>42001</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>510254</x:v>
+        <x:v>577507</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>697</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
@@ -20592,358 +20591,358 @@
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>576874</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>576809</x:v>
+        <x:v>576827</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>576863</x:v>
+        <x:v>576867</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>576876</x:v>
+        <x:v>576872</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>576827</x:v>
+        <x:v>576809</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>576867</x:v>
+        <x:v>576863</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>576872</x:v>
+        <x:v>576876</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>452</x:v>
@@ -21003,51 +21002,51 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>576879</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>451</x:v>
@@ -21110,51 +21109,51 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>576836</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>451</x:v>
@@ -21217,51 +21216,51 @@
         <x:v>452</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>576864</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>451</x:v>
@@ -21286,893 +21285,893 @@
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>576875</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>576838</x:v>
+        <x:v>576808</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>576840</x:v>
+        <x:v>576830</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>576860</x:v>
+        <x:v>576833</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>576862</x:v>
+        <x:v>576835</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>576839</x:v>
+        <x:v>576870</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>576810</x:v>
+        <x:v>576837</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>576812</x:v>
+        <x:v>576834</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>576837</x:v>
+        <x:v>576848</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>576834</x:v>
+        <x:v>576856</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>576848</x:v>
+        <x:v>576839</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>576856</x:v>
+        <x:v>576810</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>576808</x:v>
+        <x:v>576812</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>576830</x:v>
+        <x:v>576838</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>576833</x:v>
+        <x:v>576840</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>576835</x:v>
+        <x:v>576860</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>576870</x:v>
+        <x:v>576862</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
@@ -22246,139 +22245,139 @@
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>575160</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>760</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>15452</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>574191</x:v>
+        <x:v>580162</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>15452</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>580162</x:v>
+        <x:v>574191</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>560</x:v>
@@ -22393,85 +22392,85 @@
       <x:c r="M368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>580163</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>585888</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
@@ -22503,51 +22502,51 @@
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>575830</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
@@ -22654,51 +22653,51 @@
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>574194</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
@@ -22768,80 +22767,80 @@
       <x:c r="R375" s="0" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>587316</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>568603</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>57</x:v>
@@ -22921,72 +22920,72 @@
         <x:v>494</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>572604</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>574024</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
@@ -23641,72 +23640,72 @@
         <x:v>539</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>572417</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>572432</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
@@ -23782,51 +23781,51 @@
       <x:c r="M395" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>559483</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
@@ -23945,77 +23944,77 @@
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>566489</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>557356</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
@@ -24073,51 +24072,51 @@
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>553920</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
@@ -24128,51 +24127,51 @@
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>553917</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
@@ -24347,51 +24346,51 @@
       <x:c r="J406" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>545827</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
@@ -24631,206 +24630,206 @@
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>543790</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>836</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>540642</x:v>
+        <x:v>548703</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>837</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>548703</x:v>
+        <x:v>540642</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>837</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>548357</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>837</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
@@ -24931,51 +24930,51 @@
       <x:c r="M417" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>544176</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
@@ -24984,51 +24983,51 @@
       <x:c r="M418" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>529778</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>102</x:v>
@@ -25099,148 +25098,148 @@
         <x:v>246</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>536395</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>852</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>543596</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>527565</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
@@ -25709,51 +25708,51 @@
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>551205</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
@@ -26268,139 +26267,139 @@
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>555359</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s"/>
       <x:c r="K444" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>551161</x:v>
+        <x:v>555357</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>551185</x:v>
+        <x:v>551184</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>435</x:v>
@@ -26409,1386 +26408,1386 @@
       <x:c r="K446" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>551213</x:v>
+        <x:v>551194</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>551403</x:v>
+        <x:v>551218</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>878</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s"/>
       <x:c r="K448" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>555357</x:v>
+        <x:v>551338</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C449" s="3" t="s"/>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>551184</x:v>
+        <x:v>551389</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>882</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>551194</x:v>
+        <x:v>551197</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>551218</x:v>
+        <x:v>551206</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>551338</x:v>
+        <x:v>551341</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>551389</x:v>
+        <x:v>551390</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>551197</x:v>
+        <x:v>551397</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>551206</x:v>
+        <x:v>543922</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>883</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>551341</x:v>
+        <x:v>551163</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>551390</x:v>
+        <x:v>551192</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>885</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>551397</x:v>
+        <x:v>551193</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>543922</x:v>
+        <x:v>551195</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>886</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
-        <x:v>879</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>551163</x:v>
+        <x:v>551199</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>551192</x:v>
+        <x:v>551212</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>882</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>551193</x:v>
+        <x:v>551369</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>551195</x:v>
+        <x:v>551401</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>551199</x:v>
+        <x:v>551404</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>551212</x:v>
+        <x:v>551407</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>551369</x:v>
+        <x:v>551411</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="H467" s="0" t="s">
+        <x:v>890</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>551401</x:v>
+        <x:v>533559</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>881</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>551404</x:v>
+        <x:v>535904</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>551407</x:v>
+        <x:v>551161</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>877</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>551411</x:v>
+        <x:v>551185</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
-        <x:v>889</x:v>
-[...2 lines deleted...]
-        <x:v>890</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>533559</x:v>
+        <x:v>551213</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>894</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>535904</x:v>
+        <x:v>551403</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -28450,51 +28449,51 @@
       <x:c r="I485" s="4" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>491243</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>889</x:v>
       </x:c>
@@ -28787,80 +28786,80 @@
       <x:c r="R491" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>520727</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
-        <x:v>724</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>724</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>507977</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>488</x:v>
@@ -28940,78 +28939,78 @@
         <x:v>488</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>495575</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>724</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>508016</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
@@ -29031,51 +29030,51 @@
       <x:c r="M496" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>488540</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>102</x:v>
@@ -29167,51 +29166,51 @@
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>470262</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">