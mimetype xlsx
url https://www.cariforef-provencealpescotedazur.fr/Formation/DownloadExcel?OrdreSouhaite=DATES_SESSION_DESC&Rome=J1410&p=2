--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -3046,158 +3046,158 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>546672</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>37376</x:v>
+        <x:v>35301</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>43494</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>547091</x:v>
+        <x:v>549603</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>35301</x:v>
+        <x:v>37376</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>43494</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>549603</x:v>
+        <x:v>547091</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35301</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>