--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -797,257 +797,257 @@
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international G Duby</x:t>
   </x:si>
   <x:si>
     <x:t>Esid</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG BUSINESS SCHOOL</x:t>
   </x:si>
   <x:si>
     <x:t>75006</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Préparation à l'Administration et à la Gestion - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>IFC Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager du développement commercial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My BS - My Business School La Valette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMD École de management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMD Ecole de management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS conseil et commercialisation de solutions techniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Amiral de Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Business developer en hautes technologies spécialisation international (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre d'Etudes Européen Méditérranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEEME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intégrale Sécurité Formations - Integrale Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut La Cadenelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kaali Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eloce - Walter Learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Val d'Argens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">ESARC Evolution - ESGVC </x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager du développement commercial</x:t>
-[...106 lines deleted...]
-  <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
-    <x:t>Eloce - Walter Learning</x:t>
-[...17 lines deleted...]
-    <x:t>IFC Provence</x:t>
+    <x:t>BUT spécialité techniques de commercialisation parcours business développement et management de la relation client</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chargé d'affaires commerciales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation La Seyne sur Mer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My BS - My Business School Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Fénelon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée F Joliot Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sup'Ipvg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Notre-Dame</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>A3fa</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité techniques de commercialisation parcours business développement et management de la relation client</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Fénelon</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
   </x:si>
   <x:si>
     <x:t>ILEC</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>My Business School Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée I Dauphin</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>ESID</x:t>
   </x:si>
   <x:si>
     <x:t>ESID - Nice</x:t>
@@ -1124,200 +1124,200 @@
   <x:si>
     <x:t>B2h13 Aix - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Belmont</x:t>
-[...2 lines deleted...]
-    <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
+    <x:t>Groupe Someform - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon - IUT La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>BACHELOR - Responsable de développement Commercial France et International</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Parc Impérial</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Coudon</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Périer</x:t>
   </x:si>
   <x:si>
     <x:t>13295</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>manager développement et performance commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet</x:t>
   </x:si>
   <x:si>
-    <x:t>Diderot Education</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>07/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Louis Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
+    <x:t>Aurlom Prépa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurlom Prépa - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jeanne Perrimond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Perrimond</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de diététique et nutrition humaine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Rempart-Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable du développement des affaires (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Lycée Marie-France - Cfa Marie-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Bristol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>Business developer en hautes technologies spécialisation marketing (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Aurlom Prépa</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ogec Saint Vincent de Paul</x:t>
   </x:si>
   <x:si>
-    <x:t>13006</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Diplôme supérieur en marketing, commerce et gestion</x:t>
   </x:si>
   <x:si>
     <x:t>EGC Business School  - Campus d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Jeanne Perrimond</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller commercial (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Pgm Learning</x:t>
@@ -1601,65 +1601,65 @@
   <x:si>
     <x:t>Commerce - Les fondamentaux des techniques de vente</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires en hautes technologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Vente informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'activité commerciale et marketing</x:t>
   </x:si>
   <x:si>
+    <x:t>Développer son intelligence émotionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intelligence émotionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mettre en œuvre une stratégie de négociation gagnant-gagnant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Négociation commerciale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Convaincre et s’imposer en négociation</x:t>
   </x:si>
   <x:si>
-    <x:t>Négociation commerciale</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MORIERES-LES-AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
@@ -1841,56 +1841,56 @@
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>INFREP</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable du développement commercial spécificité développement commercial stratégique (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement commercial spécificité développement commercial et innovation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement commercial spécificité développement commercial responsable et durable (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel négociateur technico-commercial spécialisation marketing sportif</x:t>
@@ -1964,86 +1964,86 @@
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS commerce international (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Efficacité commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>Expansion Way</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ebm Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EBM 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ebm Business School - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLC FORMATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le Cours Messidoro - Pigier</x:t>
   </x:si>
   <x:si>
-    <x:t>FLC FORMATION</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Manager en ingénierie d'affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ism Fénélon</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable marketing et commercial spécialisé en acquisition numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>My Academy</x:t>
   </x:si>
   <x:si>
     <x:t>Ecotec - Ecole Internationale Tunon - Antenne Nice</x:t>
@@ -2111,65 +2111,65 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>EBM 3</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beaussier</x:t>
   </x:si>
   <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable du développement commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
-    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Améliorer l'efficacité de l'organisation commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>Sm Formation</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
@@ -2390,57 +2390,57 @@
   <x:si>
     <x:t>Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
+    <x:t>Académie du Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACAMAN</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>ACAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech</x:t>
   </x:si>
   <x:si>
     <x:t>84918</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation alimentaire</x:t>
   </x:si>
@@ -6468,81 +6468,81 @@
       <x:c r="S60" s="14" t="n">
         <x:v>602727</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>596038</x:v>
+        <x:v>596049</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>238</x:v>
@@ -6573,316 +6573,316 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>602730</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>597477</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40240</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>596820</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38830</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>609199</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>581329</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>596054</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -6893,1732 +6893,1729 @@
       <x:c r="H68" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="R68" s="14" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>608153</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>603060</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="I70" s="16" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="Q70" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="Q70" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>599331</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="I71" s="4" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q71" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="Q71" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>610128</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="Q72" s="16" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="R72" s="14" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>599381</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>607934</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>601996</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>38830</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>279</x:v>
-[...2 lines deleted...]
-        <x:v>280</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>614691</x:v>
+        <x:v>605458</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>38830</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>601997</x:v>
+        <x:v>614691</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>605458</x:v>
+        <x:v>601997</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>41759</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>601789</x:v>
+        <x:v>602664</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>602664</x:v>
+        <x:v>608487</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>608487</x:v>
+        <x:v>608132</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>41757</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
-      <x:c r="E81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>186</x:v>
-[...2 lines deleted...]
-        <x:v>187</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>608132</x:v>
+        <x:v>596038</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>157</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>290</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>596049</x:v>
+        <x:v>608334</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>186</x:v>
-[...2 lines deleted...]
-        <x:v>187</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>608334</x:v>
+        <x:v>601789</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>599240</x:v>
+        <x:v>596755</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>35357</x:v>
+        <x:v>35355</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>34037</x:v>
+        <x:v>34024</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>596755</x:v>
+        <x:v>596757</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>35355</x:v>
+        <x:v>38830</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>34024</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>596757</x:v>
+        <x:v>591887</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="n">
+        <x:v>41759</x:v>
+      </x:c>
+      <x:c r="D87" s="3" t="s"/>
+      <x:c r="E87" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="G87" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C87" s="3" t="n">
-[...5 lines deleted...]
-      </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>591887</x:v>
+        <x:v>602599</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>41759</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H88" s="14" t="s"/>
+      <x:c r="H88" s="14" t="s">
+        <x:v>296</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>602599</x:v>
+        <x:v>604163</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>41757</x:v>
+        <x:v>38830</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>296</x:v>
-[...2 lines deleted...]
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>604163</x:v>
+        <x:v>606163</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>157</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>38830</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>301</x:v>
-[...1 lines deleted...]
-      <x:c r="H90" s="14" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>606163</x:v>
+        <x:v>606205</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>186</x:v>
-[...2 lines deleted...]
-        <x:v>187</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>606205</x:v>
+        <x:v>596036</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>125</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>611945</x:v>
+        <x:v>596039</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>596036</x:v>
+        <x:v>596042</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>596039</x:v>
+        <x:v>596051</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>596042</x:v>
+        <x:v>596052</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s"/>
+      <x:c r="E96" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>596051</x:v>
+        <x:v>599240</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="Q97" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="R97" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="Q97" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>596052</x:v>
+        <x:v>611945</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>311</x:v>
@@ -8649,51 +8646,51 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>616895</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38830</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34085</x:v>
@@ -8871,51 +8868,51 @@
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>596053</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34037</x:v>
@@ -8982,51 +8979,51 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>596759</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34076</x:v>
@@ -9165,82 +9162,82 @@
         <x:v>602010</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>602324</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -9438,81 +9435,81 @@
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>611261</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -9820,101 +9817,101 @@
       <x:c r="S118" s="14" t="n">
         <x:v>602832</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="I119" s="4" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="Q119" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="Q119" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>599335</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38830</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>50</x:v>
@@ -9927,51 +9924,51 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>591886</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34037</x:v>
@@ -10038,51 +10035,51 @@
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>596768</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34076</x:v>
@@ -10198,2118 +10195,2118 @@
       <x:c r="M125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>603054</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>605194</x:v>
+        <x:v>603672</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>603672</x:v>
+        <x:v>605194</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>599243</x:v>
+        <x:v>601833</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>35150</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
+      <x:c r="E129" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>573823</x:v>
+        <x:v>602562</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s"/>
+      <x:c r="E130" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>356</x:v>
-[...1 lines deleted...]
-      <x:c r="H130" s="14" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
+        <x:v>278</x:v>
+      </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>596043</x:v>
+        <x:v>600968</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>38830</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
+      <x:c r="E131" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>596045</x:v>
+        <x:v>609201</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s"/>
+      <x:c r="E132" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>596048</x:v>
+        <x:v>605549</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>596055</x:v>
+        <x:v>573823</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>39965</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>32135</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>592593</x:v>
+        <x:v>596043</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>41759</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>605549</x:v>
+        <x:v>596045</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>41757</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>601833</x:v>
+        <x:v>596048</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>35357</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
-      <x:c r="E137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>210</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>34037</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>602562</x:v>
+        <x:v>596055</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>41759</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>279</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>600968</x:v>
+        <x:v>599243</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>38830</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
-      <x:c r="E139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>210</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>609201</x:v>
+        <x:v>589715</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>41757</x:v>
+        <x:v>38830</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>614392</x:v>
+        <x:v>591885</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>38583</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
-      <x:c r="E141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>602011</x:v>
+        <x:v>596752</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>41757</x:v>
+        <x:v>35356</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>602211</x:v>
+        <x:v>596766</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>41757</x:v>
+        <x:v>39965</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
-      <x:c r="E143" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>167</x:v>
-[...2 lines deleted...]
-        <x:v>168</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>602830</x:v>
+        <x:v>592593</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>40607</x:v>
+        <x:v>38583</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>603062</x:v>
+        <x:v>602011</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>41759</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>607301</x:v>
+        <x:v>602211</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>41757</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>609743</x:v>
+        <x:v>607301</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>589715</x:v>
+        <x:v>596035</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>38830</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>591885</x:v>
+        <x:v>596046</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>35357</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>34037</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>596752</x:v>
+        <x:v>596057</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>35356</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>596766</x:v>
+        <x:v>596058</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>41194</x:v>
+        <x:v>38602</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
+      <x:c r="E151" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H151" s="0" t="s">
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>615885</x:v>
+        <x:v>607795</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>35357</x:v>
+        <x:v>39354</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s"/>
+      <x:c r="E152" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>320</x:v>
-[...1 lines deleted...]
-      <x:c r="H152" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>34037</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>596754</x:v>
+        <x:v>608526</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
+      <x:c r="E153" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>596035</x:v>
+        <x:v>603827</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s"/>
+      <x:c r="E154" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>596046</x:v>
+        <x:v>614392</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>596057</x:v>
+        <x:v>596037</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>596058</x:v>
+        <x:v>596056</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
+      <x:c r="E157" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>596037</x:v>
+        <x:v>602830</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>157</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>40607</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
-      <x:c r="E158" s="14" t="s"/>
+      <x:c r="E158" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>596056</x:v>
+        <x:v>603062</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>38602</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>607795</x:v>
+        <x:v>609743</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>39354</x:v>
+        <x:v>41194</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>32024</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>608526</x:v>
+        <x:v>615885</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
-      <x:c r="E161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>210</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>603827</x:v>
+        <x:v>596754</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
@@ -12840,128 +12837,128 @@
       <x:c r="R171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>617015</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>611759</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H173" s="0" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>611760</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
@@ -13506,76 +13503,76 @@
       <x:c r="R183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>611413</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>611752</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
@@ -13696,51 +13693,51 @@
       <x:c r="I187" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>34593</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>614971</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -14279,76 +14276,76 @@
       <x:c r="R197" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>617291</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>611758</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
@@ -14675,75 +14672,75 @@
         <x:v>78</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>609625</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H205" s="0" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>611755</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
@@ -15120,75 +15117,75 @@
         <x:v>39</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>598546</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>34561</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="R213" s="0" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>614285</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
@@ -15397,76 +15394,76 @@
         <x:v>607485</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>602620</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
@@ -15553,51 +15550,51 @@
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>601516</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -15720,51 +15717,51 @@
       <x:c r="M223" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>609208</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>332</x:v>
@@ -15858,75 +15855,75 @@
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>608935</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
@@ -16022,51 +16019,51 @@
       <x:c r="T228" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
@@ -16081,87 +16078,87 @@
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>608951</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16233,51 +16230,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>608654</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
@@ -16439,168 +16436,168 @@
       <x:c r="B236" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>34582</x:v>
+        <x:v>15078</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>613709</x:v>
+        <x:v>613713</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>15078</x:v>
+        <x:v>34582</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>613713</x:v>
+        <x:v>613716</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>34582</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>613716</x:v>
+        <x:v>613709</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
@@ -16622,51 +16619,51 @@
       <x:c r="M239" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>601959</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>332</x:v>
@@ -16683,51 +16680,51 @@
       <x:c r="M240" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>601975</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -17394,51 +17391,51 @@
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>34582</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>613078</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
@@ -17604,75 +17601,75 @@
       <x:c r="S256" s="14" t="n">
         <x:v>580093</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>607469</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
@@ -17831,75 +17828,75 @@
       <x:c r="T260" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>34994</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>549744</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
@@ -18011,75 +18008,75 @@
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>34994</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>549745</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
@@ -18322,51 +18319,51 @@
       <x:c r="J269" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>554083</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -19410,159 +19407,160 @@
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>556652</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>38505</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
-      <x:c r="E288" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>553123</x:v>
+        <x:v>569969</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>38505</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
+      <x:c r="E289" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>569969</x:v>
+        <x:v>553123</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19572,51 +19570,51 @@
       <x:c r="L290" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>569955</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38505</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -19629,51 +19627,51 @@
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>553120</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
@@ -19688,51 +19686,51 @@
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>552065</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38505</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -19745,51 +19743,51 @@
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>553122</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
@@ -19804,51 +19802,51 @@
       <x:c r="L294" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>548173</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -19861,51 +19859,51 @@
       <x:c r="L295" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>548183</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>40240</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>135</x:v>
@@ -20051,216 +20049,216 @@
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>547691</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38830</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>588370</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>547558</x:v>
+        <x:v>565526</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>565526</x:v>
+        <x:v>547558</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -20291,137 +20289,137 @@
       <x:c r="S302" s="14" t="n">
         <x:v>567446</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="Q303" s="4" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="R303" s="0" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>544955</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>579009</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
@@ -20695,76 +20693,76 @@
         <x:v>558290</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>547013</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
@@ -20811,76 +20809,76 @@
         <x:v>546504</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>547014</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
@@ -21258,1551 +21256,1552 @@
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>587182</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>564364</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
+      <x:c r="E321" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>186</x:v>
-[...2 lines deleted...]
-        <x:v>187</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>554778</x:v>
+        <x:v>558949</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
-      <x:c r="E322" s="14" t="s"/>
+      <x:c r="E322" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>539345</x:v>
+        <x:v>572167</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>552298</x:v>
+        <x:v>603063</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
-        <x:v>35357</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>34037</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>556144</x:v>
+        <x:v>548908</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
-      <x:c r="E325" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>547142</x:v>
+        <x:v>556945</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>35357</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
-      <x:c r="E326" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>209</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>34037</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>554889</x:v>
+        <x:v>557309</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>35357</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
-      <x:c r="E327" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>34037</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>554933</x:v>
+        <x:v>554778</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
-      <x:c r="E328" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>556327</x:v>
+        <x:v>539345</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>553527</x:v>
+        <x:v>546531</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
-        <x:v>35150</x:v>
+        <x:v>37075</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>396</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>546531</x:v>
+        <x:v>546018</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
-        <x:v>37075</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H331" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>546018</x:v>
+        <x:v>554889</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>35652</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>129</x:v>
-[...1 lines deleted...]
-      <x:c r="H332" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H332" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="I332" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>34538</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>603063</x:v>
+        <x:v>554933</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>548908</x:v>
+        <x:v>556327</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>558949</x:v>
+        <x:v>553527</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>572167</x:v>
+        <x:v>556144</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
-        <x:v>38583</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>550544</x:v>
+        <x:v>547142</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>35357</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>209</x:v>
-[...2 lines deleted...]
-        <x:v>210</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>34037</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>554816</x:v>
+        <x:v>552298</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>35356</x:v>
+        <x:v>38583</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>209</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>554935</x:v>
+        <x:v>550544</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>34994</x:v>
+        <x:v>35164</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>34054</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>555033</x:v>
+        <x:v>547217</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
-        <x:v>542</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
-      <x:c r="E340" s="14" t="s"/>
+      <x:c r="E340" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>279</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>556945</x:v>
+        <x:v>547464</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>35164</x:v>
+        <x:v>35357</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34037</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>547217</x:v>
+        <x:v>554816</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>35150</x:v>
+        <x:v>35356</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>611</x:v>
-[...1 lines deleted...]
-      <x:c r="H342" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="H342" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="I342" s="16" t="s">
-        <x:v>612</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>547464</x:v>
+        <x:v>554935</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>34994</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
+      <x:c r="E343" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34054</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>556946</x:v>
+        <x:v>555033</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="H344" s="14" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s">
+        <x:v>278</x:v>
+      </x:c>
       <x:c r="I344" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>557309</x:v>
+        <x:v>556946</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>552231</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
@@ -23050,51 +23049,51 @@
       <x:c r="H350" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>555841</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
@@ -23141,144 +23140,144 @@
         <x:v>575986</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H352" s="14" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="I352" s="16" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>266</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="Q352" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="Q352" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>570593</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H353" s="0" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="Q353" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="Q353" s="4" t="s">
+      <x:c r="R353" s="0" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>300</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>553200</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38505</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -23312,51 +23311,51 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>557517</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>50</x:v>
@@ -23420,51 +23419,51 @@
       <x:c r="M356" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>549065</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -23503,78 +23502,78 @@
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>587360</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>37075</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -23615,84 +23614,84 @@
         <x:v>546109</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>34994</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H360" s="14" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="I360" s="16" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q360" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="Q360" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>555032</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -23722,152 +23721,152 @@
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>547765</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38602</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>607794</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>602663</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38830</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -23909,75 +23908,75 @@
       <x:c r="S364" s="14" t="n">
         <x:v>550541</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>552260</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
@@ -23992,111 +23991,111 @@
         <x:v>237</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>552326</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38505</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>537646</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -24205,78 +24204,78 @@
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>558905</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -24314,82 +24313,82 @@
         <x:v>543678</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>552230</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -24458,51 +24457,51 @@
         <x:v>237</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>552300</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
@@ -24547,112 +24546,112 @@
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>571086</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>571129</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -24666,51 +24665,51 @@
         <x:v>549278</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>37075</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>655</x:v>
@@ -24751,74 +24750,74 @@
       <x:c r="H379" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="Q379" s="4" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="R379" s="0" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>556328</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -24870,57 +24869,57 @@
       <x:c r="H381" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>556868</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -25027,75 +25026,75 @@
       <x:c r="T383" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>586081</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
@@ -25287,108 +25286,108 @@
       <x:c r="J388" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>555192</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>587359</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -25465,51 +25464,51 @@
       <x:c r="J391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>547696</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -25533,51 +25532,51 @@
       <x:c r="M392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>549067</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38808</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -25598,51 +25597,51 @@
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>558045</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -25892,867 +25891,863 @@
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>557916</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>40607</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
+      <x:c r="E399" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>588104</x:v>
+        <x:v>578909</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>35356</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>648</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>575557</x:v>
+        <x:v>588104</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35356</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="H401" s="0" t="s">
+        <x:v>649</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>588106</x:v>
+        <x:v>575557</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>39743</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>672</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>674</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>549344</x:v>
+        <x:v>572319</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
-      <x:c r="E403" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>567806</x:v>
+        <x:v>588106</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>39743</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>676</x:v>
-[...1 lines deleted...]
-      <x:c r="H404" s="14" t="s"/>
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="H404" s="14" t="s">
+        <x:v>673</x:v>
+      </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>677</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>676</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>677</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>549551</x:v>
+        <x:v>549344</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>638</x:v>
-[...2 lines deleted...]
-        <x:v>678</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>640</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>571078</x:v>
+        <x:v>567806</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>553007</x:v>
+        <x:v>549551</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>549096</x:v>
+        <x:v>571078</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
-      <x:c r="E408" s="14" t="s"/>
+      <x:c r="E408" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>553999</x:v>
+        <x:v>553007</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="H409" s="0" t="s">
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>558986</x:v>
+        <x:v>549096</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>39743</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
-      <x:c r="E410" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
-        <x:v>657</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>549571</x:v>
+        <x:v>553999</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>38830</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>279</x:v>
-[...2 lines deleted...]
-        <x:v>280</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>549270</x:v>
+        <x:v>558986</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>39743</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>556325</x:v>
+        <x:v>549571</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -26788,724 +26783,729 @@
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>553411</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>279</x:v>
-[...2 lines deleted...]
-        <x:v>280</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>549208</x:v>
+        <x:v>557917</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>565598</x:v>
+        <x:v>556325</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H417" s="0" t="s">
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>557917</x:v>
+        <x:v>549208</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>38505</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
-      <x:c r="E418" s="14" t="s"/>
+      <x:c r="E418" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>653</x:v>
-[...1 lines deleted...]
-      <x:c r="H418" s="14" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="I418" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>653</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>537645</x:v>
+        <x:v>565598</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>557</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>38830</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
+      <x:c r="E419" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H419" s="0" t="s">
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>581602</x:v>
+        <x:v>549270</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>572319</x:v>
+        <x:v>550559</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
+      <x:c r="E421" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>186</x:v>
-[...2 lines deleted...]
-        <x:v>187</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>554779</x:v>
+        <x:v>550695</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>35356</x:v>
+        <x:v>38505</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>648</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>648</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>575988</x:v>
+        <x:v>537645</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>40607</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
-      <x:c r="E423" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>578909</x:v>
+        <x:v>581602</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
-      <x:c r="E424" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>276</x:v>
-[...1 lines deleted...]
-      <x:c r="H424" s="14" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>550559</x:v>
+        <x:v>554779</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35356</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
-      <x:c r="E425" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="H425" s="0" t="s">
+        <x:v>649</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>550695</x:v>
+        <x:v>575988</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
@@ -27931,76 +27931,76 @@
         <x:v>572978</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>577223</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -28317,75 +28317,75 @@
         <x:v>30</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>572977</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>34561</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>577008</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
@@ -29611,75 +29611,75 @@
       <x:c r="T463" s="4" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>566988</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
@@ -29781,236 +29781,236 @@
       <x:c r="S466" s="14" t="n">
         <x:v>565521</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>567943</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>34582</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>567252</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>34582</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>567253</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>34399</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>553359</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
@@ -30285,108 +30285,108 @@
       <x:c r="T475" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>559253</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
@@ -30443,235 +30443,235 @@
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>559197</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>34582</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>559251</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>553395</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>15078</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>559256</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>34582</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>559258</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
@@ -30777,201 +30777,200 @@
       <x:c r="T484" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>553370</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
-      <x:c r="E486" s="14" t="s"/>
+      <x:c r="E486" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>736</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
-        <x:v>737</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>736</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>737</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>738</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>553167</x:v>
+        <x:v>553485</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>734</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
-      <x:c r="E487" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G487" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>553485</x:v>
+        <x:v>553167</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>734</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
@@ -31120,75 +31119,75 @@
       <x:c r="S490" s="14" t="n">
         <x:v>532737</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>550315</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
@@ -31488,170 +31487,170 @@
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>34582</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>542432</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>531220</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>531262</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
@@ -31757,82 +31756,82 @@
         <x:v>495461</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="Q502" s="16" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="R502" s="14" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>544954</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -32040,94 +32039,94 @@
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>479141</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>478497</x:v>
+        <x:v>490581</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>125</x:v>
@@ -32158,94 +32157,94 @@
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>493089</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>490581</x:v>
+        <x:v>478497</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>125</x:v>
@@ -32259,51 +32258,51 @@
       <x:c r="J510" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>493091</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -32461,208 +32460,210 @@
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>511009</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>507555</x:v>
+        <x:v>510104</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
+      <x:c r="E515" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G515" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="H515" s="0" t="s">
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>510104</x:v>
+        <x:v>549093</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>762</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
-      <x:c r="E516" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>549093</x:v>
+        <x:v>507555</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>762</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -32781,57 +32782,57 @@
       <x:c r="H519" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="Q519" s="4" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="R519" s="0" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>511006</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -32840,176 +32841,176 @@
         <x:v>763</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>507195</x:v>
+        <x:v>507193</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>515610</x:v>
+        <x:v>507195</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>507193</x:v>
+        <x:v>515610</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
@@ -33193,57 +33194,57 @@
       <x:c r="H526" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>511008</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -33256,51 +33257,51 @@
       <x:c r="J527" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>504157</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -33383,51 +33384,51 @@
       <x:c r="M529" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>497342</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I530" s="16" t="s">
         <x:v>169</x:v>
@@ -33692,799 +33693,800 @@
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>502639</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H535" s="0" t="s">
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>532727</x:v>
+        <x:v>503822</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
-        <x:v>35652</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
-        <x:v>129</x:v>
-[...1 lines deleted...]
-      <x:c r="H536" s="14" t="s"/>
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="H536" s="14" t="s">
+        <x:v>769</x:v>
+      </x:c>
       <x:c r="I536" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
-        <x:v>34538</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>549066</x:v>
+        <x:v>506448</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>296</x:v>
-[...2 lines deleted...]
-        <x:v>297</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>502149</x:v>
+        <x:v>497028</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>496617</x:v>
+        <x:v>497029</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>35652</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>279</x:v>
-[...2 lines deleted...]
-        <x:v>280</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34538</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>503822</x:v>
+        <x:v>549066</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>768</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>770</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>768</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>770</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>506448</x:v>
+        <x:v>532727</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
+      <x:c r="E541" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H541" s="0" t="s">
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>518880</x:v>
+        <x:v>502149</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
-        <x:v>771</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>497028</x:v>
+        <x:v>496617</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
-      <x:c r="E543" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>497029</x:v>
+        <x:v>518880</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>772</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>502640</x:v>
+        <x:v>532724</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H545" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>527003</x:v>
+        <x:v>502640</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I546" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>503929</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>532724</x:v>
+        <x:v>527003</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>129</x:v>
@@ -34581,79 +34583,79 @@
         <x:v>497346</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>501428</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
@@ -34666,367 +34668,366 @@
       <x:c r="H551" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>509937</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>364</x:v>
-[...1 lines deleted...]
-      <x:c r="H552" s="14" t="s"/>
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="H552" s="14" t="s">
+        <x:v>774</x:v>
+      </x:c>
       <x:c r="I552" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>497027</x:v>
+        <x:v>506720</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>774</x:v>
-[...2 lines deleted...]
-        <x:v>775</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>506720</x:v>
+        <x:v>497027</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="I554" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>513682</x:v>
+        <x:v>508944</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H555" s="0" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
-        <x:v>778</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>513684</x:v>
+        <x:v>513682</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I556" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>508944</x:v>
+        <x:v>513684</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>624</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -35058,84 +35059,84 @@
         <x:v>496615</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>34994</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="H558" s="14" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="I558" s="16" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q558" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="Q558" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>541390</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -35183,75 +35184,75 @@
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>532721</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
@@ -35352,134 +35353,134 @@
       <x:c r="R562" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>509939</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>767</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>518879</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>498157</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
@@ -36019,51 +36020,51 @@
       <x:c r="H574" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I574" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>453853</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
@@ -36140,51 +36141,51 @@
       <x:c r="H576" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I576" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>455241</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>788</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">