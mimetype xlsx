--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -230,110 +230,110 @@
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le dessin d'architecture à l'aquarelle</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les fondamentaux du dessin</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>bachelor illustration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Condé Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infographie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Condé Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>DNA option art</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure d'art d'Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84090</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Art</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure d'art d'Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 9</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>École nationale supérieure d'art Villa Arson</x:t>
   </x:si>
   <x:si>
     <x:t>06105</x:t>
   </x:si>
   <x:si>
     <x:t>Villa Arson</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 02</x:t>
   </x:si>
   <x:si>
-    <x:t>bachelor illustration</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>master mention création numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Art graphique</x:t>
   </x:si>
   <x:si>
     <x:t>École des nouvelles images</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
@@ -443,89 +443,89 @@
   <x:si>
     <x:t>Sculpture bois</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOR</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire aux études supérieures - Classe d'approfondissement en arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée S Veil</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Intuit-lab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Intuit-lab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
     <x:t>Condé Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme national supérieur d'expression plastique option design</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>École d'arts intercommunale de Digne-Les-Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole d'arts intercommunale de Digne-Les-Bains</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
-    <x:t>AVIGNON CEDEX 01</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Diplôme de deuxième cycle supérieur de l'École nationale supérieure de la photographie d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>ENSP</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Drapes</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les grotesques</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
@@ -755,156 +755,156 @@
   <x:si>
     <x:t>Ecole Nationale Supérieure de la Photographie</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention création numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention arts parcours création numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention arts parcours médiation culturelle des arts</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Master mention arts parcours arts de la scène</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts plastiques et sciences de l'art</x:t>
   </x:si>
   <x:si>
     <x:t>Sculpture sur pierre- parcours avancé</x:t>
   </x:si>
   <x:si>
     <x:t>Académie des Arts d'Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention arts parcours création numérique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention arts plastiques parcours arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>Sculpteur ornemaniste pierre</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Designer - manager de projet option design graphique (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Condé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art appliqué</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Condé - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Designer - manager de projet option design de mode (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Condé - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Designer - manager de projet option design produit et mobilier (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Ade Holding</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
-    <x:t>Art appliqué</x:t>
-[...29 lines deleted...]
-    <x:t>Designer - manager de projet option design produit et mobilier (Contrat de Professionnalisation)</x:t>
+    <x:t>Designer - manager de projet option design en recherche, innovation et développement (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design produit, mobilier (Contrat de Professionnalisation)</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Designer - manager de projet option design en recherche, innovation et développement (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Communication Appliquée</x:t>
   </x:si>
   <x:si>
     <x:t>ICA</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Communication Appliquée - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme de l'École nationale supérieure de la photographie d'Arles</x:t>
   </x:si>
@@ -1787,1879 +1787,1878 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>614869</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="C8" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="J8" s="14" t="s">
+      <x:c r="J8" s="14" t="s"/>
+      <x:c r="K8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="K8" s="14" t="s">
+      <x:c r="L8" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M8" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N8" s="15" t="n">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="O8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="L8" s="14" t="s">
-[...8 lines deleted...]
-      <x:c r="O8" s="14" t="s">
+      <x:c r="P8" s="14" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="S8" s="14" t="n">
+        <x:v>596492</x:v>
+      </x:c>
+      <x:c r="T8" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="S8" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T8" s="16" t="s">
+      <x:c r="U8" s="16" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K9" s="0" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>595944</x:v>
+        <x:v>595940</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U9" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="C10" s="15" t="s"/>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C10" s="15" t="n">
+        <x:v>37226</x:v>
+      </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="J10" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="J10" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>596492</x:v>
+        <x:v>595944</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U10" s="16" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>606183</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>606185</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>597372</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>592796</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>595909</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>594642</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K17" s="0" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>595943</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U17" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K18" s="14" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>595946</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U18" s="16" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>595529</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>595531</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>595534</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>36752</x:v>
+        <x:v>38816</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>45054</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="S22" s="14" t="n">
+        <x:v>591849</x:v>
+      </x:c>
+      <x:c r="T22" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="S22" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>101</x:v>
-[...2 lines deleted...]
-        <x:v>76</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>45054</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>595533</x:v>
+        <x:v>596739</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>53</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>55</x:v>
-[...1 lines deleted...]
-      <x:c r="J24" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="J24" s="14" t="s"/>
+      <x:c r="K24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="K24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>45054</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S24" s="14" t="n">
+        <x:v>595142</x:v>
+      </x:c>
+      <x:c r="T24" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="S24" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>114</x:v>
-[...2 lines deleted...]
-        <x:v>115</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>45096</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>591849</x:v>
+        <x:v>595143</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>118</x:v>
-[...1 lines deleted...]
-      <x:c r="C26" s="15" t="s"/>
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="n">
+        <x:v>41255</x:v>
+      </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>93</x:v>
-[...1 lines deleted...]
-      <x:c r="J26" s="14" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="J26" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596739</x:v>
+        <x:v>606184</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>595142</x:v>
+        <x:v>597371</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="C28" s="15" t="s"/>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C28" s="15" t="n">
+        <x:v>40465</x:v>
+      </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>122</x:v>
-[...1 lines deleted...]
-      <x:c r="J28" s="14" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="J28" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>46072</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>595143</x:v>
+        <x:v>592797</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K29" s="0" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>595942</x:v>
+        <x:v>595941</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U29" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K30" s="14" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>595945</x:v>
+        <x:v>595942</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U30" s="16" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>67</x:v>
-[...1 lines deleted...]
-      <x:c r="C31" s="3" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>37226</x:v>
+      </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>596491</x:v>
+        <x:v>595945</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U31" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>106</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L32" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M32" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N32" s="15" t="n">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="O32" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="L32" s="14" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>595532</x:v>
+        <x:v>596491</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U32" s="16" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>595535</x:v>
+        <x:v>595532</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>40464</x:v>
+        <x:v>36752</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="K34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="K34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592523</x:v>
+        <x:v>595535</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="C35" s="3" t="s"/>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>40464</x:v>
+      </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>594641</x:v>
+        <x:v>592523</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U35" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>594643</x:v>
+        <x:v>594641</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>73</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>75</x:v>
-[...2 lines deleted...]
-        <x:v>76</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>46072</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>606184</x:v>
+        <x:v>594643</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C38" s="15" t="s"/>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C38" s="15" t="n">
+        <x:v>36752</x:v>
+      </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="J38" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="J38" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>597371</x:v>
+        <x:v>595530</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>40465</x:v>
+        <x:v>36752</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>45066</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>592797</x:v>
+        <x:v>595533</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="K40" s="14" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>595939</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U40" s="16" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40638</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>592789</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="U41" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
@@ -5195,51 +5194,51 @@
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>575797</x:v>
+        <x:v>575796</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
@@ -5254,51 +5253,51 @@
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>575794</x:v>
+        <x:v>575797</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -5311,819 +5310,817 @@
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>575795</x:v>
+        <x:v>575794</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C74" s="15" t="s"/>
+      <x:c r="C74" s="15" t="n">
+        <x:v>40465</x:v>
+      </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>240</x:v>
-[...1 lines deleted...]
-      <x:c r="H74" s="14" t="s"/>
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>230</x:v>
+      </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>25</x:v>
-[...1 lines deleted...]
-      <x:c r="J74" s="14" t="s"/>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="J74" s="14" t="s">
+        <x:v>76</x:v>
+      </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>45097</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>574477</x:v>
+        <x:v>575795</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>242</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>229</x:v>
-[...2 lines deleted...]
-        <x:v>230</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>231</x:v>
-[...2 lines deleted...]
-        <x:v>76</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>45066</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>575796</x:v>
+        <x:v>574477</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40464</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>575776</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>45097</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>556159</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>45097</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>563501</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
-      <x:c r="E79" s="0" t="s">
+      <x:c r="G79" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="G79" s="0" t="s">
+      <x:c r="I79" s="4" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="P79" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="P79" s="0" t="s">
+      <x:c r="Q79" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R79" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="S79" s="0" t="n">
+        <x:v>522294</x:v>
+      </x:c>
+      <x:c r="T79" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="Q79" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="T79" s="4" t="s">
+      <x:c r="U79" s="4" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>255</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="Q80" s="16" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="R80" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="S80" s="14" t="n">
+        <x:v>522301</x:v>
+      </x:c>
+      <x:c r="T80" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="Q80" s="16" t="s">
-[...8 lines deleted...]
-      <x:c r="T80" s="16" t="s">
+      <x:c r="U80" s="16" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>522301</x:v>
+        <x:v>522311</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="U81" s="4" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>522311</x:v>
+        <x:v>516316</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="U82" s="16" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="P83" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="P83" s="0" t="s">
+      <x:c r="Q83" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="R83" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="S83" s="0" t="n">
+        <x:v>516315</x:v>
+      </x:c>
+      <x:c r="T83" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="Q83" s="4" t="s">
-[...8 lines deleted...]
-      <x:c r="T83" s="4" t="s">
+      <x:c r="U83" s="4" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>516316</x:v>
+        <x:v>522315</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="U84" s="16" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="P85" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="P85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>522315</x:v>
+        <x:v>522296</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="U85" s="4" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>255</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>522300</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="U86" s="16" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>526921</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">