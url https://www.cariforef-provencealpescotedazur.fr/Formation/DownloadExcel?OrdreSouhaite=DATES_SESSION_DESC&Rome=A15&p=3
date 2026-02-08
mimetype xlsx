--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -2596,149 +2596,150 @@
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>607619</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="C21" s="3" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>40358</x:v>
+      </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J21" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>12233</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592948</x:v>
+        <x:v>606169</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>606169</x:v>
+        <x:v>592948</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>