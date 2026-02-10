--- v0 (2026-02-09)
+++ v1 (2026-02-10)
@@ -266,84 +266,84 @@
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Régional Agricole Public Paca - UFA Lycée Professionnel Agricole La Ricarde</x:t>
   </x:si>
   <x:si>
     <x:t>BP option responsable de chantiers de bûcheronnage manuel et de débardage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Exploitation forestière</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
     <x:t>BP option conducteur de machines agricoles (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation pilote de machines de bûcheronnage (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre Forestier Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA BASTIDE-DES-JOURDANS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP option responsable de chantiers de bûcheronnage manuel et de sylviculture (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sylviculture</x:t>
+  </x:si>
+  <x:si>
     <x:t>BPA option conducteur d'engins forestiers (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre Forestier Région Provence Alpes Côte d'Azur</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Machinisme forestier</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>Sylviculture</x:t>
   </x:si>
   <x:si>
     <x:t>Régler et étalonner son pulvérisateur en viticulture</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre Départementale d'Agriculture du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83006</x:t>
   </x:si>
   <x:si>
     <x:t>Conjoint collaborateur d'exploitant agricole , Exploitant agricole, salarié agricole , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Machinisme viticole</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
@@ -1568,331 +1568,331 @@
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>605906</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>40796</x:v>
+        <x:v>38334</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>21044</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="S10" s="14" t="n">
+        <x:v>610006</x:v>
+      </x:c>
+      <x:c r="T10" s="16" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="U10" s="16" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>38334</x:v>
+        <x:v>37562</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>21011</x:v>
+        <x:v>21042</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>610006</x:v>
+        <x:v>609996</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="U11" s="4" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>37562</x:v>
+        <x:v>37563</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>21042</x:v>
+        <x:v>21041</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>609996</x:v>
+        <x:v>609998</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="U12" s="16" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>37563</x:v>
+        <x:v>40796</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>21041</x:v>
+        <x:v>21044</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="S13" s="0" t="n">
+        <x:v>610000</x:v>
+      </x:c>
+      <x:c r="T13" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="U13" s="4" t="s">
         <x:v>70</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>40796</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>21044</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>609999</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="U14" s="16" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>46</x:v>
@@ -2208,51 +2208,51 @@
       <x:c r="F21" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>21044</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>613059</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
@@ -2545,51 +2545,51 @@
       <x:c r="F27" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>21044</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>535997</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
@@ -2634,91 +2634,91 @@
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>583937</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37563</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>21041</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>554695</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37024</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2809,458 +2809,457 @@
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>554279</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40796</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21044</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>554700</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38334</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>554719</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>40796</x:v>
+        <x:v>37562</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>21044</x:v>
+        <x:v>21042</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>554696</x:v>
+        <x:v>554692</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>37562</x:v>
+        <x:v>40796</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>21042</x:v>
+        <x:v>21044</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>549798</x:v>
+        <x:v>554696</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>36795</x:v>
+        <x:v>37562</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>12510</x:v>
+        <x:v>21042</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>549911</x:v>
+        <x:v>549798</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38073</x:v>
+        <x:v>36795</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>21011</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>555728</x:v>
+        <x:v>549911</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>37562</x:v>
+        <x:v>38073</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>66</x:v>
-[...1 lines deleted...]
-      <x:c r="H38" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>21042</x:v>
+        <x:v>21011</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>554692</x:v>
+        <x:v>555728</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37562</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3447,167 +3446,167 @@
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>21042</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>495959</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37563</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>21041</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>495960</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40796</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>21044</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>495898</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>