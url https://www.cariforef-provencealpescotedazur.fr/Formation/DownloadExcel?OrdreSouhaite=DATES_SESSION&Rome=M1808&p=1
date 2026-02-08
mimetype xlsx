--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -206,65 +206,65 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention cartographie, topographie et systèmes d'information géographique parcours géomatique de l’environnement, du tourisme et de l’aménagement en montagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention géographie et aménagement parcours géographie et aménagement</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 3 et 4</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Géographie physique</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention cartographie, topographie et systèmes d'information géographique parcours géomatique de l’environnement, du tourisme et de l’aménagement en montagne</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention géographie, aménagement, environnement et développement parcours  territoires, société, aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie biologique et écologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Télépilote de drone - spécialisation photogrammétrie</x:t>
   </x:si>
   <x:si>
     <x:t>By-Drone</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>Photo interprétation</x:t>
@@ -293,68 +293,68 @@
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cartographie avec le logiciel QGIS</x:t>
   </x:si>
   <x:si>
     <x:t>Elisabeth Lauriol - Cartographie et Sig</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Qgis initiation - niveau 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QGis Approfondissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
     <x:t>QGIS Initiation - niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Qgis initiation - niveau 2</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Formez-vous à la topographie en utilisant Covadis</x:t>
   </x:si>
   <x:si>
     <x:t>Formanosque</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Topographie</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
@@ -419,66 +419,66 @@
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de la mer</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1124,150 +1124,150 @@
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>575535</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
-        <x:v>40979</x:v>
+        <x:v>40339</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
-        <x:v>12252</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P4" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="Q4" s="16" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="R4" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="P4" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>580918</x:v>
+        <x:v>575989</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>40339</x:v>
+        <x:v>40979</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>12252</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>575989</x:v>
+        <x:v>580918</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
@@ -1406,91 +1406,91 @@
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>587629</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>580618</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
@@ -1720,100 +1720,100 @@
       <x:c r="K14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>614890</x:v>
+        <x:v>614898</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>614898</x:v>
+        <x:v>614900</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>69</x:v>
@@ -1822,51 +1822,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>614900</x:v>
+        <x:v>614890</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
@@ -1885,66 +1885,66 @@
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>616044</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>614882</x:v>
       </x:c>
@@ -1966,51 +1966,51 @@
         <x:v>40979</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12252</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>592806</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
@@ -2032,51 +2032,51 @@
       <x:c r="J20" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>592544</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40339</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -2271,376 +2271,376 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>595494</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39194</x:v>
+        <x:v>38563</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592057</x:v>
+        <x:v>595492</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>40979</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>12252</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592805</x:v>
+        <x:v>592057</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39194</x:v>
+        <x:v>40979</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>12252</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592056</x:v>
+        <x:v>592805</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>40979</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>12252</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592804</x:v>
+        <x:v>592056</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38563</x:v>
+        <x:v>40979</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12252</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="R29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>595495</x:v>
+        <x:v>592804</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>595492</x:v>
+        <x:v>595495</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>