--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -656,146 +656,146 @@
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Maintenir et actualiser ses compétences de Sauveteur secouriste du travail (MAC SST) </x:t>
   </x:si>
   <x:si>
     <x:t>Anaris Consulting - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Maintien et actualisation des compétences de formateur sauveteur secouriste du travail</x:t>
   </x:si>
   <x:si>
     <x:t>Ubitech</x:t>
   </x:si>
   <x:si>
+    <x:t>Alpes Formations Conseils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maintien et actualisation des compétences du sauveteur-secouriste du travail MAC SST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manipulation extincteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atout Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOS-SUR-MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aptitude Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ASF</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent en protection physique des personnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Si Région Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protection rapprochée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSC 1 (Prévention et Secours Civiques)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association de Marseille des Secouristes Français de la Croix Blanche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMS CROIX BLANCHE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manipulation d'extincteurs sur feu réel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Benoît Vincens Sécurité Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVS FORMATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arniaud Consulteam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Guide fiLes et serres fiLes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Évacuation site</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Appareil Respiratoire Isolant (ARI)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equipier de première intervention : manipulation des extincteurs</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sauveteur secouriste travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Btp France Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
-    <x:t>Maintien et actualisation des compétences du sauveteur-secouriste du travail MAC SST</x:t>
-[...73 lines deleted...]
-  <x:si>
     <x:t>Ab Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Céline Baron - Celineb Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>06550</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUETTE-SUR-SIAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Als Naille Cyno</x:t>
@@ -1115,83 +1115,83 @@
   <x:si>
     <x:t>Transition Ecologique Territoriale par la Recherche et l’Innovation Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>TETRIS</x:t>
   </x:si>
   <x:si>
     <x:t>GREOLIERES</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir vérificateur d'extincteurs portatifs et mobiles</x:t>
   </x:si>
   <x:si>
     <x:t>Cnpp Entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>27950</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Adform</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Tea Conseil Audit Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
@@ -1223,56 +1223,56 @@
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de Formation de Canoë Kayak</x:t>
   </x:si>
   <x:si>
     <x:t>CRFCK</x:t>
   </x:si>
   <x:si>
     <x:t>05120</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>L'ARGENTIERE-LA-BESSEE</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - Simulateur de feu numérique - PIS086</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AJ Prévention</x:t>
   </x:si>
   <x:si>
     <x:t>84270</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
@@ -1313,74 +1313,74 @@
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Elu , Public en emploi , Salarié , Salarié de l'artisanat</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Zc Formation Sport</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Education Canine Trets</x:t>
   </x:si>
   <x:si>
     <x:t>ECT</x:t>
   </x:si>
   <x:si>
     <x:t>83119</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Zc Formation Sport</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
@@ -1436,57 +1436,57 @@
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Amn Conseil et Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
@@ -4960,1239 +4960,1238 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>610234</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>612000</x:v>
+        <x:v>613260</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>617172</x:v>
+        <x:v>606360</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>606360</x:v>
+        <x:v>606371</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>606371</x:v>
+        <x:v>612978</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>612978</x:v>
+        <x:v>608225</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>133</x:v>
-[...1 lines deleted...]
-      <x:c r="H58" s="14" t="s"/>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
+        <x:v>203</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>608225</x:v>
+        <x:v>609108</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>609108</x:v>
+        <x:v>598166</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>598166</x:v>
+        <x:v>590236</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>137</x:v>
-[...1 lines deleted...]
-      <x:c r="C61" s="3" t="s"/>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="n">
+        <x:v>40374</x:v>
+      </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>147</x:v>
-[...2 lines deleted...]
-        <x:v>148</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="J61" s="0" t="s">
+        <x:v>209</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>590236</x:v>
+        <x:v>585298</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>207</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>208</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>214</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>209</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42826</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>585298</x:v>
+        <x:v>600703</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>42826</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>600703</x:v>
+        <x:v>608198</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>608198</x:v>
+        <x:v>616466</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>217</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>616466</x:v>
+        <x:v>612948</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>612948</x:v>
+        <x:v>614241</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>614241</x:v>
+        <x:v>576702</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42870</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>576702</x:v>
+        <x:v>555982</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>555982</x:v>
+        <x:v>600628</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>600628</x:v>
+        <x:v>609357</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>609357</x:v>
+        <x:v>612000</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>612971</x:v>
+        <x:v>617172</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>225</x:v>
-[...2 lines deleted...]
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>613260</x:v>
+        <x:v>609341</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>227</x:v>
-[...1 lines deleted...]
-      <x:c r="H74" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>609341</x:v>
+        <x:v>600629</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>600629</x:v>
+        <x:v>612971</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>231</x:v>
@@ -6328,51 +6327,51 @@
         <x:v>585366</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>585357</x:v>
       </x:c>
@@ -6483,51 +6482,51 @@
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>586085</x:v>
       </x:c>
@@ -7691,51 +7690,51 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>604631</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
@@ -7793,145 +7792,145 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>591707</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>591716</x:v>
+        <x:v>591671</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>591671</x:v>
+        <x:v>591716</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
@@ -8827,295 +8826,295 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>591709</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>620027</x:v>
+        <x:v>597917</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>348</x:v>
-[...1 lines deleted...]
-      <x:c r="H128" s="14" t="s"/>
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s">
+        <x:v>353</x:v>
+      </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>610905</x:v>
+        <x:v>614942</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>351</x:v>
-[...2 lines deleted...]
-        <x:v>352</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>597917</x:v>
+        <x:v>591633</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>355</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>614942</x:v>
+        <x:v>620027</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>591633</x:v>
+        <x:v>610905</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>360</x:v>
@@ -9444,238 +9443,238 @@
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>590547</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>590564</x:v>
+        <x:v>586825</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>605127</x:v>
+        <x:v>590564</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>586825</x:v>
+        <x:v>605127</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>610900</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>309</x:v>
@@ -9966,145 +9965,145 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>583562</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>610792</x:v>
+        <x:v>610713</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>610713</x:v>
+        <x:v>610792</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
@@ -10787,51 +10786,51 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>610785</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
@@ -11509,81 +11508,81 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>610775</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="Q179" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="R179" s="0" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>597899</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -11609,446 +11608,446 @@
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>610780</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>610765</x:v>
+        <x:v>618822</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>590889</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>618822</x:v>
+        <x:v>610765</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>590566</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>586860</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="Q186" s="16" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="R186" s="14" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>597902</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>610759</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>610901</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>309</x:v>
@@ -13501,51 +13500,51 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>610798</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -13661,81 +13660,81 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>610796</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="Q221" s="4" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="R221" s="0" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>597904</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -14008,206 +14007,206 @@
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>605409</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>610902</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>586862</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>610783</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
@@ -14375,139 +14374,139 @@
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>610791</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>584551</x:v>
+        <x:v>610761</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>610761</x:v>
+        <x:v>584551</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>27</x:v>
@@ -14628,142 +14627,142 @@
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>586863</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>590568</x:v>
+        <x:v>618413</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="R241" s="0" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="S241" s="0" t="n">
+        <x:v>590568</x:v>
+      </x:c>
+      <x:c r="T241" s="4" t="s">
         <x:v>457</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
@@ -14772,149 +14771,149 @@
       <x:c r="L242" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>605134</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>610756</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="Q244" s="16" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="R244" s="14" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>597918</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>309</x:v>
@@ -14989,145 +14988,145 @@
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>610799</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>590551</x:v>
+        <x:v>610773</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>610773</x:v>
+        <x:v>590551</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
@@ -15453,80 +15452,80 @@
       <x:c r="R255" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>619983</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>610904</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>309</x:v>
@@ -15601,51 +15600,51 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>619990</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
@@ -16831,153 +16830,153 @@
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>619994</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>620047</x:v>
+        <x:v>590554</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>590554</x:v>
+        <x:v>620047</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
@@ -18679,51 +18678,51 @@
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>620036</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
@@ -19255,51 +19254,51 @@
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>620037</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
@@ -19703,211 +19702,211 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>620008</x:v>
+        <x:v>619999</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>620053</x:v>
+        <x:v>619901</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>619999</x:v>
+        <x:v>620053</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>619901</x:v>
+        <x:v>620008</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
@@ -20075,51 +20074,51 @@
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>620000</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -20842,51 +20841,51 @@
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>615391</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
@@ -22118,51 +22117,51 @@
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>620004</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>