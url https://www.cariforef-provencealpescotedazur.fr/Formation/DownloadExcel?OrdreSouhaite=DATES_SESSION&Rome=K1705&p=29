--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -719,125 +719,125 @@
   <x:si>
     <x:t>Si Région Paca</x:t>
   </x:si>
   <x:si>
     <x:t>06270</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Protection rapprochée</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>PSC 1 (Prévention et Secours Civiques)</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Marseille des Secouristes Français de la Croix Blanche</x:t>
   </x:si>
   <x:si>
     <x:t>AMS CROIX BLANCHE</x:t>
   </x:si>
   <x:si>
+    <x:t>Equipier de première intervention : manipulation des extincteurs</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manipulation d'extincteurs sur feu réel</x:t>
   </x:si>
   <x:si>
     <x:t>Benoît Vincens Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>BVS FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
   <x:si>
     <x:t>Appareil Respiratoire Isolant (ARI)</x:t>
   </x:si>
   <x:si>
-    <x:t>Equipier de première intervention : manipulation des extincteurs</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Alpes Formations Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Ab Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Céline Baron - Celineb Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>06550</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUETTE-SUR-SIAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Als Naille Cyno</x:t>
   </x:si>
   <x:si>
     <x:t>13510</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Salarié</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>France Formation Sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>FFS</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Vikaria</x:t>
   </x:si>
   <x:si>
     <x:t>06640</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-JEANNET</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
@@ -1241,107 +1241,107 @@
   <x:si>
     <x:t>L'ARGENTIERE-LA-BESSEE</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Porter un Appareil Respiratoire Isolant (ARI) - PIS070</x:t>
   </x:si>
   <x:si>
     <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - Simulateur de feu numérique - PIS086</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AJ Prévention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VEDENE</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>AJ Prévention</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>C-kim Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MAS-BLANC-DES-ALPILLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Mely Formation Prévention 84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFP 84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Elu , Public en emploi , Salarié , Salarié de l'artisanat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SORGUES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Loc</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-ANDIOL</x:t>
   </x:si>
   <x:si>
-    <x:t>04/24/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Education Canine Trets</x:t>
   </x:si>
   <x:si>
     <x:t>ECT</x:t>
@@ -1523,68 +1523,68 @@
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fondation Edith Seltzer</x:t>
   </x:si>
   <x:si>
     <x:t>FES</x:t>
   </x:si>
   <x:si>
     <x:t>05107</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Form&amp;Care</x:t>
   </x:si>
   <x:si>
     <x:t>83720</x:t>
   </x:si>
   <x:si>
     <x:t>TRANS-EN-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
@@ -1634,54 +1634,54 @@
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir Coordinateur de Système de Sécurité Incendie (CSSI) - PIR059</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
@@ -5216,90 +5216,94 @@
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>612978</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>137</x:v>
-[...1 lines deleted...]
-      <x:c r="C58" s="15" t="s"/>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="n">
+        <x:v>40374</x:v>
+      </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="J58" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>608225</x:v>
+        <x:v>585298</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>197</x:v>
@@ -5321,529 +5325,523 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>609108</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>169</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>598166</x:v>
+        <x:v>608225</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42826</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>590236</x:v>
+        <x:v>600703</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>207</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>209</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>585298</x:v>
+        <x:v>609357</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>42826</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>600703</x:v>
+        <x:v>608198</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>608198</x:v>
+        <x:v>616466</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>217</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>616466</x:v>
+        <x:v>612948</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>612948</x:v>
+        <x:v>614241</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>614241</x:v>
+        <x:v>600628</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42870</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>576702</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
@@ -5855,134 +5853,137 @@
       <x:c r="R69" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>555982</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>600628</x:v>
+        <x:v>598166</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>609357</x:v>
+        <x:v>590236</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>205</x:v>
@@ -6279,282 +6280,282 @@
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>585366</x:v>
+        <x:v>585362</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>585357</x:v>
+        <x:v>585366</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>42005</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>585358</x:v>
+        <x:v>586085</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>585362</x:v>
+        <x:v>585357</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>586085</x:v>
+        <x:v>585358</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>244</x:v>
@@ -6562,51 +6563,51 @@
       <x:c r="L83" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>611298</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
@@ -8827,139 +8828,139 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>591709</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>620027</x:v>
+        <x:v>610905</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>610905</x:v>
+        <x:v>620027</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>353</x:v>
@@ -9138,145 +9139,145 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>618260</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>591719</x:v>
+        <x:v>615376</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>615376</x:v>
+        <x:v>591719</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
@@ -10326,90 +10327,90 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>618890</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>615385</x:v>
+        <x:v>605406</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
@@ -10420,153 +10421,153 @@
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>617955</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>605406</x:v>
+        <x:v>620673</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>620673</x:v>
+        <x:v>615385</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
@@ -10575,462 +10576,461 @@
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>610763</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>586811</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>610758</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="U162" s="16" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>617968</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>610785</x:v>
+        <x:v>590565</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>590565</x:v>
+        <x:v>610785</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>584550</x:v>
+        <x:v>618090</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>404</x:v>
-[...2 lines deleted...]
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>618090</x:v>
+        <x:v>584550</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>590548</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
@@ -11096,145 +11096,145 @@
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>610707</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>586859</x:v>
+        <x:v>610764</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>610764</x:v>
+        <x:v>586859</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
@@ -14375,83 +14375,83 @@
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>610791</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>584551</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -14686,134 +14686,134 @@
         <x:v>314</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>590568</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>618413</x:v>
+        <x:v>605134</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>605134</x:v>
+        <x:v>618413</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
@@ -16163,87 +16163,87 @@
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>615388</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>584552</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>309</x:v>
@@ -16571,139 +16571,139 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>586864</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>620013</x:v>
+        <x:v>586817</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>586817</x:v>
+        <x:v>620013</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>309</x:v>
@@ -16726,296 +16726,295 @@
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>620020</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="I281" s="4" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="K281" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L281" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="M281" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N281" s="3" t="n">
+        <x:v>42819</x:v>
+      </x:c>
+      <x:c r="O281" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="P281" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="Q281" s="4" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="R281" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="S281" s="0" t="n">
+        <x:v>619994</x:v>
+      </x:c>
+      <x:c r="T281" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="H281" s="0" t="s">
+      <x:c r="U281" s="4" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>308</x:v>
-[...1 lines deleted...]
-      <x:c r="H282" s="14" t="s"/>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
+        <x:v>487</x:v>
+      </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>619994</x:v>
+        <x:v>620747</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>620047</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>590554</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>590570</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -18679,139 +18678,139 @@
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>620036</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>590571</x:v>
+        <x:v>584553</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>584553</x:v>
+        <x:v>590571</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
@@ -18893,78 +18892,78 @@
         <x:v>149</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>586819</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>620787</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
@@ -19042,154 +19041,155 @@
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>620014</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>264</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>43413</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>616977</x:v>
+        <x:v>621071</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C327" s="3" t="s"/>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C327" s="3" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="J327" s="0" t="s">
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>621071</x:v>
+        <x:v>616977</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
@@ -19410,143 +19410,144 @@
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>590556</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C333" s="3" t="s"/>
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C333" s="3" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J333" s="0" t="s">
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>602835</x:v>
+        <x:v>620913</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>499</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>158</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>43413</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>620913</x:v>
+        <x:v>602835</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>27</x:v>
@@ -20128,145 +20129,145 @@
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>590572</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>620023</x:v>
+        <x:v>605398</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>605398</x:v>
+        <x:v>620023</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
@@ -21903,51 +21904,51 @@
       <x:c r="L381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>586822</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
@@ -21956,54 +21957,54 @@
       <x:c r="L382" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>620042</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>