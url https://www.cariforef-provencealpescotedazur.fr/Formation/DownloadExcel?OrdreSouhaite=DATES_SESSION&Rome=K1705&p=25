--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -383,62 +383,62 @@
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Equipier 1ère intervention (sécurité incendie)</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Sauveteur Secouriste du Travail (SST) : Maintien et Actualisation des Compétences (MAC) - PRS002</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Forseco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sauveteur secouriste travail - Maintien et actualisation des compétences (MAC SST) - Recyclage</x:t>
   </x:si>
   <x:si>
-    <x:t>Forseco</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Agent de la fonction publique , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Gestes qui sauvent</x:t>
   </x:si>
   <x:si>
     <x:t>DIU Enseignement de la Natation, Surveillance, Sécurité et Sauvetage en Milieu Aquatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité secourisme aquatique</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation de Formateur sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Bird Formation</x:t>
@@ -512,266 +512,266 @@
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Moniteur-formateur de premiers secours EFR</x:t>
   </x:si>
   <x:si>
     <x:t>Barba Learning - Ecole apnée</x:t>
   </x:si>
   <x:si>
     <x:t>06320</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>CAP-D'AIL</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Europe Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Olivier Dupeyre Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ODF</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Croix Blanche Prévention</x:t>
   </x:si>
   <x:si>
     <x:t>CBP</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
+    <x:t>12/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manipulation d'extincteurs sur feu réel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Benoît Vincens Sécurité Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVS FORMATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maintien et actualisation des compétences de sauveteur secouriste du travail (MAC SST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rescue Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bernard Clément Formation Travaux Publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Équipier de première intervention (EPI)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athéna Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGNAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Convergence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enseignement Risques Professionnels Sud Est</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERP FORMATION SUD EST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manipulation des extincteurs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mandyben</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Maintenir et actualiser ses compétences de Sauveteur secouriste du travail (MAC SST) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anaris Consulting - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maintien et actualisation des compétences de formateur sauveteur secouriste du travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubitech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aptitude Sécurité Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANDELIEU-LA-NAPOULE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sauveteur secouriste travail (SST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp France Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maintien et actualisation des compétences du sauveteur-secouriste du travail MAC SST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manipulation extincteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atout Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOS-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent en protection physique des personnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Si Région Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protection rapprochée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSC 1 (Prévention et Secours Civiques)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association de Marseille des Secouristes Français de la Croix Blanche</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMS CROIX BLANCHE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>IFPST</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
-    <x:t>Bernard Clément Formation Travaux Publics</x:t>
-[...166 lines deleted...]
-  <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
   <x:si>
     <x:t>Appareil Respiratoire Isolant (ARI)</x:t>
   </x:si>
   <x:si>
     <x:t>Equipier de première intervention : manipulation des extincteurs</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Formations Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Ab Sud Formation</x:t>
@@ -788,71 +788,71 @@
   <x:si>
     <x:t>06550</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUETTE-SUR-SIAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Als Naille Cyno</x:t>
   </x:si>
   <x:si>
     <x:t>13510</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>France Formation Sécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Salarié</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Vikaria</x:t>
   </x:si>
   <x:si>
     <x:t>06640</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-JEANNET</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formatsud Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
@@ -1034,62 +1034,62 @@
   <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maintenir et actualiser les compétences acteur en Sauvetage Secourisme du Travail (SST) - PRS002</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Public en emploi</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Syndicat des Taxis Marseillais et de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>STM</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - PIS056</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
@@ -1253,62 +1253,62 @@
   <x:si>
     <x:t>Équipier de Première Intervention (EPI) - Prévention - Renforcer l'intervention immédiate du PTI avec les extincteurs et RIA - Simulateur de feu numérique - PIS086</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AJ Prévention</x:t>
   </x:si>
   <x:si>
     <x:t>84270</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE</x:t>
   </x:si>
   <x:si>
+    <x:t>C-kim Sécurité Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>C-kim Sécurité Formation</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MAS-BLANC-DES-ALPILLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sauveteur secouriste du travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Loc</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-ANDIOL</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mely Formation Prévention 84</x:t>
   </x:si>
   <x:si>
     <x:t>MFP 84</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
@@ -1349,56 +1349,56 @@
   <x:si>
     <x:t>83119</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Zc Formation Sport</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/21/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formavent</x:t>
@@ -1523,68 +1523,68 @@
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Fondation Edith Seltzer</x:t>
   </x:si>
   <x:si>
     <x:t>FES</x:t>
   </x:si>
   <x:si>
     <x:t>05107</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Form&amp;Care</x:t>
   </x:si>
   <x:si>
     <x:t>83720</x:t>
   </x:si>
   <x:si>
     <x:t>TRANS-EN-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
@@ -1595,54 +1595,54 @@
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Crfp Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
@@ -3145,249 +3145,250 @@
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>564131</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>586603</x:v>
+        <x:v>586647</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>586606</x:v>
+        <x:v>586603</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>110</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>42805</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>584127</x:v>
+        <x:v>586606</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H21" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="K21" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L21" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="M21" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>42805</x:v>
+      </x:c>
+      <x:c r="O21" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="P21" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="S21" s="0" t="n">
+        <x:v>584127</x:v>
+      </x:c>
+      <x:c r="T21" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="I21" s="4" t="s">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
@@ -4223,144 +4224,144 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>612043</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>590235</x:v>
+        <x:v>608802</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>608802</x:v>
+        <x:v>590235</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>158</x:v>
@@ -4382,196 +4383,196 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>600625</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>603860</x:v>
+        <x:v>608198</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="I43" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="K43" s="0" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>600009</x:v>
+        <x:v>616466</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>598139</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>123</x:v>
@@ -4588,1311 +4589,1308 @@
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>599730</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="H46" s="14" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>170</x:v>
+      </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>609294</x:v>
+        <x:v>600009</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>600704</x:v>
+        <x:v>609294</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>182</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>611094</x:v>
+        <x:v>600704</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>577945</x:v>
+        <x:v>611094</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>611440</x:v>
+        <x:v>577945</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>156</x:v>
-[...2 lines deleted...]
-        <x:v>157</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>600627</x:v>
+        <x:v>611440</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="H52" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H52" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>610234</x:v>
+        <x:v>600627</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>195</x:v>
-[...2 lines deleted...]
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>612000</x:v>
+        <x:v>610234</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>200</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s"/>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
+        <x:v>195</x:v>
+      </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>617172</x:v>
+        <x:v>612000</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>606360</x:v>
+        <x:v>617172</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q56" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="Q56" s="16" t="s">
+      <x:c r="R56" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="R56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>606371</x:v>
+        <x:v>606360</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>612978</x:v>
+        <x:v>606371</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>608225</x:v>
+        <x:v>612978</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>195</x:v>
-[...2 lines deleted...]
-        <x:v>196</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>609108</x:v>
+        <x:v>608225</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>598166</x:v>
+        <x:v>609108</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>590236</x:v>
+        <x:v>598166</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>207</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>208</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>209</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>585298</x:v>
+        <x:v>590236</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>213</x:v>
-[...1 lines deleted...]
-      <x:c r="C63" s="3" t="s"/>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="n">
+        <x:v>40374</x:v>
+      </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>215</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="J63" s="0" t="s">
+        <x:v>209</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>42826</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>600703</x:v>
+        <x:v>585298</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42826</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>608198</x:v>
+        <x:v>600703</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>217</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>616466</x:v>
+        <x:v>612948</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>204</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>216</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>612948</x:v>
+        <x:v>603860</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>614241</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42870</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>576702</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="I69" s="4" t="s">
         <x:v>204</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="Q69" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="Q69" s="4" t="s">
+      <x:c r="R69" s="0" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>555982</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
@@ -5908,131 +5906,131 @@
         <x:v>158</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>600628</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I71" s="4" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="Q71" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="Q71" s="4" t="s">
+      <x:c r="R71" s="0" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>609357</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="Q72" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="Q72" s="16" t="s">
+      <x:c r="R72" s="14" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>612971</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>226</x:v>
@@ -6110,51 +6108,51 @@
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>609341</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
@@ -6309,307 +6307,307 @@
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>585366</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>585357</x:v>
+        <x:v>611298</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>585358</x:v>
+        <x:v>585362</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>585362</x:v>
+        <x:v>586085</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>586085</x:v>
+        <x:v>585357</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>241</x:v>
-[...2 lines deleted...]
-        <x:v>242</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>611298</x:v>
+        <x:v>585358</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
@@ -6686,76 +6684,76 @@
         <x:v>614492</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>614263</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>259</x:v>
@@ -6846,75 +6844,75 @@
       <x:c r="T88" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>606100</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
@@ -7011,75 +7009,75 @@
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>602709</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>284</x:v>
@@ -7122,132 +7120,132 @@
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>614989</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>602707</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
@@ -7311,51 +7309,51 @@
       <x:c r="I97" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42805</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>609280</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
@@ -7691,452 +7689,450 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>604631</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>590563</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>321</x:v>
-[...1 lines deleted...]
-      <x:c r="C106" s="15" t="s"/>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>308</x:v>
-[...1 lines deleted...]
-      <x:c r="H106" s="14" t="s"/>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>309</x:v>
-[...1 lines deleted...]
-      <x:c r="J106" s="14" t="s"/>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="J106" s="14" t="s">
+        <x:v>267</x:v>
+      </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>591707</x:v>
+        <x:v>606132</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>591716</x:v>
+        <x:v>591707</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>591671</x:v>
+        <x:v>591716</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>264</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>265</x:v>
-[...2 lines deleted...]
-        <x:v>266</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>267</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>43413</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>606132</x:v>
+        <x:v>591671</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R110" s="14" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>598244</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>591636</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>591697</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>309</x:v>
@@ -8315,237 +8311,237 @@
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>598675</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>591708</x:v>
+        <x:v>591714</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>591714</x:v>
+        <x:v>591708</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>586810</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>616608</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>313</x:v>
@@ -8570,87 +8566,87 @@
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>620542</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>586857</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>309</x:v>
@@ -8774,51 +8770,51 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>615108</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -8827,83 +8823,83 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>591709</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>620027</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
@@ -8981,51 +8977,51 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>597917</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
@@ -9068,51 +9064,51 @@
       <x:c r="I131" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>591633</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
@@ -9121,211 +9117,211 @@
         <x:v>360</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>618260</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>591719</x:v>
+        <x:v>615376</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>615376</x:v>
+        <x:v>591672</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>591672</x:v>
+        <x:v>591719</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
@@ -9342,51 +9338,51 @@
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>618899</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
@@ -9444,51 +9440,51 @@
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>590547</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
@@ -9546,241 +9542,241 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>605127</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>586825</x:v>
+        <x:v>610900</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>610900</x:v>
+        <x:v>586825</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>610779</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>606135</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>308</x:v>
@@ -9805,51 +9801,51 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>610762</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -9966,51 +9962,51 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>583562</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
@@ -10219,87 +10215,87 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>620541</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>586858</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -10428,139 +10424,139 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>617955</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>605406</x:v>
+        <x:v>620673</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>620673</x:v>
+        <x:v>605406</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>309</x:v>
@@ -10591,75 +10587,75 @@
         <x:v>67</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>610763</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>586811</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -10668,208 +10664,208 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>610758</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>617968</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>610785</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>590565</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
@@ -11096,202 +11092,202 @@
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>610707</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>586859</x:v>
+        <x:v>610764</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>610764</x:v>
+        <x:v>586859</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>610797</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -11360,93 +11356,93 @@
         <x:v>610757</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>586812</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
@@ -11556,87 +11552,87 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>597899</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>610780</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>309</x:v>
@@ -11721,92 +11717,92 @@
         <x:v>419</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>590889</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="R183" s="0" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>618822</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -11815,83 +11811,83 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>590566</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>586860</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
@@ -11951,51 +11947,51 @@
       <x:c r="I187" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>610759</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
@@ -12010,156 +12006,156 @@
       <x:c r="L188" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>610901</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>610787</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>610711</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
@@ -12208,100 +12204,100 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>610705</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>586813</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
@@ -12440,92 +12436,92 @@
         <x:v>610766</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R197" s="0" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>598245</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -12644,194 +12640,194 @@
         <x:v>393</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>617963</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>586826</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>610781</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>610793</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -12840,194 +12836,194 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>610788</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>605408</x:v>
+        <x:v>586814</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>586814</x:v>
+        <x:v>605408</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>586861</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
@@ -13129,51 +13125,51 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>610760</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>309</x:v>
@@ -13195,51 +13191,51 @@
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>610708</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -13297,87 +13293,87 @@
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>615386</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>610782</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>309</x:v>
@@ -13452,100 +13448,100 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>590550</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>610798</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -13603,51 +13599,51 @@
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>610768</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -13761,100 +13757,100 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>619006</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>610790</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
@@ -13925,76 +13921,76 @@
         <x:v>610776</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>586815</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>95</x:v>
@@ -14069,153 +14065,153 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>610902</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>586862</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>610783</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
@@ -14322,51 +14318,51 @@
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>605401</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -14460,68 +14456,68 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>610761</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
@@ -14537,142 +14533,142 @@
         <x:v>610777</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>586816</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>586863</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -14936,51 +14932,51 @@
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>610709</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -15176,170 +15172,170 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>610706</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>620046</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>620019</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
@@ -15429,51 +15425,51 @@
       <x:c r="I255" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>619983</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
@@ -15601,51 +15597,51 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>619990</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
@@ -15752,51 +15748,51 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>619911</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -15816,75 +15812,75 @@
         <x:v>620029</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R263" s="0" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>598246</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -16061,51 +16057,51 @@
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>619905</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -16216,51 +16212,51 @@
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>584552</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
@@ -16420,51 +16416,51 @@
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>590553</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
@@ -16505,100 +16501,100 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>619984</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>586864</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -16632,439 +16628,438 @@
         <x:v>330</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>620013</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>586817</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>620020</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="I281" s="4" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="K281" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L281" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="M281" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N281" s="3" t="n">
+        <x:v>42819</x:v>
+      </x:c>
+      <x:c r="O281" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="P281" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="Q281" s="4" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="R281" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="S281" s="0" t="n">
+        <x:v>619994</x:v>
+      </x:c>
+      <x:c r="T281" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="H281" s="0" t="s">
+      <x:c r="U281" s="4" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>308</x:v>
-[...1 lines deleted...]
-      <x:c r="H282" s="14" t="s"/>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
+        <x:v>487</x:v>
+      </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>619994</x:v>
+        <x:v>620747</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>620047</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>590554</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>590570</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R286" s="14" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>598247</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>493</x:v>
@@ -17139,100 +17134,100 @@
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>615389</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>620033</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -17408,142 +17403,142 @@
         <x:v>620821</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>586818</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>619902</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -17552,185 +17547,185 @@
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>620034</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>620052</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>586865</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>586827</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -17756,97 +17751,92 @@
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>619996</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>499</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>158</x:v>
-[...2 lines deleted...]
-        <x:v>267</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>43413</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>620908</x:v>
+        <x:v>620007</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
@@ -17863,646 +17853,651 @@
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>590555</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>307</x:v>
-[...1 lines deleted...]
-      <x:c r="C303" s="3" t="s"/>
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C303" s="3" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J303" s="0" t="s">
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>620007</x:v>
+        <x:v>620908</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>620048</x:v>
+        <x:v>619982</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>620056</x:v>
+        <x:v>605411</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>620035</x:v>
+        <x:v>620048</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>605411</x:v>
+        <x:v>620056</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>619982</x:v>
+        <x:v>620035</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>619917</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>619912</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>619907</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>620018</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>619914</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>620021</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>309</x:v>
@@ -18609,68 +18604,68 @@
       <x:c r="I317" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>619985</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -18679,578 +18674,576 @@
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>620036</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>590571</x:v>
+        <x:v>584553</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>584553</x:v>
+        <x:v>590571</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>620901</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C322" s="15" t="s"/>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C322" s="15" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>338</x:v>
-[...1 lines deleted...]
-      <x:c r="H322" s="14" t="s"/>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>149</x:v>
-[...1 lines deleted...]
-      <x:c r="J322" s="14" t="s"/>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="J322" s="14" t="s">
+        <x:v>267</x:v>
+      </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>586819</x:v>
+        <x:v>616977</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>484</x:v>
-[...2 lines deleted...]
-        <x:v>485</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>620787</x:v>
+        <x:v>620014</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>308</x:v>
-[...1 lines deleted...]
-      <x:c r="H324" s="14" t="s"/>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="H324" s="14" t="s">
+        <x:v>487</x:v>
+      </x:c>
       <x:c r="I324" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>619998</x:v>
+        <x:v>621071</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>620014</x:v>
+        <x:v>586819</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>264</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>43413</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>616977</x:v>
+        <x:v>620787</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>484</x:v>
-[...2 lines deleted...]
-        <x:v>485</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>621071</x:v>
+        <x:v>619998</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>586866</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
@@ -19308,83 +19301,83 @@
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>619915</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>620022</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
@@ -19548,51 +19541,51 @@
       <x:c r="I335" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>619986</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
@@ -19720,51 +19713,51 @@
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>620008</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
@@ -19882,142 +19875,142 @@
         <x:v>619901</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>586828</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>620049</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -20075,51 +20068,51 @@
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>620000</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -20128,202 +20121,202 @@
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>590572</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>620023</x:v>
+        <x:v>605398</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>605398</x:v>
+        <x:v>620023</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>586820</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -20332,83 +20325,83 @@
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>620039</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>586867</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -20417,100 +20410,100 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>619903</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>619987</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -20585,51 +20578,51 @@
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>619981</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -20740,51 +20733,51 @@
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>605412</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
@@ -20842,51 +20835,51 @@
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>615391</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
@@ -20902,178 +20895,178 @@
         <x:v>590573</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>586821</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>620024</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>586868</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>309</x:v>
@@ -21197,51 +21190,51 @@
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>619909</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -21250,51 +21243,51 @@
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>620041</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
@@ -21384,51 +21377,51 @@
       <x:c r="I371" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>619988</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -21462,288 +21455,288 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>620009</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>586829</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>620050</x:v>
+        <x:v>590558</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>605399</x:v>
+        <x:v>620050</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>620003</x:v>
+        <x:v>605399</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>590558</x:v>
+        <x:v>620003</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
@@ -21771,75 +21764,75 @@
         <x:v>619918</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="R379" s="0" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>598248</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -21865,202 +21858,202 @@
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>619913</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>586822</x:v>
+        <x:v>620042</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>620042</x:v>
+        <x:v>586822</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>586869</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -22118,51 +22111,51 @@
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>620004</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
@@ -22171,238 +22164,238 @@
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>590575</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>586823</x:v>
+        <x:v>605402</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>42856</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>605402</x:v>
+        <x:v>586823</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>620043</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>620025</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>364</x:v>
@@ -22424,189 +22417,189 @@
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>615392</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>586870</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>619904</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>586831</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>309</x:v>
@@ -22681,51 +22674,51 @@
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>605413</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
@@ -22832,51 +22825,51 @@
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>605400</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -23072,51 +23065,51 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>619989</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>309</x:v>
@@ -23138,51 +23131,51 @@
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>619910</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
@@ -23191,145 +23184,145 @@
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>620051</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>620045</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>620026</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>