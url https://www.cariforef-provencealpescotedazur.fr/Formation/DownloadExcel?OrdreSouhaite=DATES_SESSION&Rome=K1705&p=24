--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -512,128 +512,128 @@
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Moniteur-formateur de premiers secours EFR</x:t>
   </x:si>
   <x:si>
     <x:t>Barba Learning - Ecole apnée</x:t>
   </x:si>
   <x:si>
     <x:t>06320</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>CAP-D'AIL</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Olivier Dupeyre Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Europe Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Blanche Prévention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CBP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bernard Clément Formation Travaux Publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEMENOS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maintien et actualisation des compétences de sauveteur secouriste du travail (MAC SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Rescue Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>RFC</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...61 lines deleted...]
-  <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Équipier de première intervention (EPI)</x:t>
   </x:si>
   <x:si>
     <x:t>Athéna Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNAC</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
@@ -692,119 +692,119 @@
   <x:si>
     <x:t>Sauveteur secouriste travail (SST)</x:t>
   </x:si>
   <x:si>
     <x:t>Btp France Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Maintien et actualisation des compétences du sauveteur-secouriste du travail MAC SST</x:t>
   </x:si>
   <x:si>
     <x:t>Manipulation extincteur</x:t>
   </x:si>
   <x:si>
     <x:t>Atout Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13270</x:t>
   </x:si>
   <x:si>
     <x:t>FOS-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>Agent en protection physique des personnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Si Région Paca</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protection rapprochée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
     <x:t>PSC 1 (Prévention et Secours Civiques)</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Marseille des Secouristes Français de la Croix Blanche</x:t>
   </x:si>
   <x:si>
     <x:t>AMS CROIX BLANCHE</x:t>
   </x:si>
   <x:si>
-    <x:t>Agent en protection physique des personnes</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Manipulation d'extincteurs sur feu réel</x:t>
   </x:si>
   <x:si>
     <x:t>Benoît Vincens Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>BVS FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Guide fiLes et serres fiLes</x:t>
   </x:si>
   <x:si>
     <x:t>Évacuation site</x:t>
   </x:si>
   <x:si>
+    <x:t>Appareil Respiratoire Isolant (ARI)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equipier de première intervention : manipulation des extincteurs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpes Formations Conseils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ab Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
-    <x:t>Equipier de première intervention : manipulation des extincteurs</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Céline Baron - Celineb Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>06550</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUETTE-SUR-SIAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cynophile - Maintien et actualisation des compétences (MAC) (Renouvellement carte professionnelle)</x:t>
   </x:si>
   <x:si>
     <x:t>Als Naille Cyno</x:t>
   </x:si>
   <x:si>
     <x:t>13510</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
@@ -1271,114 +1271,114 @@
   <x:si>
     <x:t>84270</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>C-kim Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MAS-BLANC-DES-ALPILLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Sauveteur secouriste du travail (SST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forma Loc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-ANDIOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mely Formation Prévention 84</x:t>
   </x:si>
   <x:si>
     <x:t>MFP 84</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Elu , Public en emploi , Salarié , Salarié de l'artisanat</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
-    <x:t>04/24/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Education Canine Trets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Zc Formation Sport</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
@@ -4223,361 +4223,361 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>612043</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="H39" s="0" t="s">
+      <x:c r="I39" s="4" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="R39" s="0" t="s">
+      <x:c r="S39" s="0" t="n">
+        <x:v>590235</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="H40" s="14" t="s">
+      <x:c r="I40" s="16" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="R40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>590235</x:v>
+        <x:v>608802</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="H41" s="0" t="s">
+      <x:c r="I41" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="I41" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>42872</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>608802</x:v>
+        <x:v>600625</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="I42" s="16" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="Q42" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>600625</x:v>
+        <x:v>603860</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="H43" s="0" t="s">
+      <x:c r="I43" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="I43" s="4" t="s">
+      <x:c r="K43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="K43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>603860</x:v>
+        <x:v>600009</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>600009</x:v>
+        <x:v>598139</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
@@ -4585,51 +4585,51 @@
       <x:c r="L45" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>599730</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
@@ -4638,100 +4638,100 @@
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>609294</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>600704</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -4742,100 +4742,100 @@
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>611094</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>577945</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
@@ -4844,103 +4844,103 @@
       <x:c r="L50" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>611440</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>600627</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
@@ -4949,51 +4949,51 @@
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>610234</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
@@ -5001,51 +5001,51 @@
       <x:c r="L53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>612000</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
@@ -5054,1148 +5054,1148 @@
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>617172</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>606360</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>606371</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42872</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>612978</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>42826</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>600703</x:v>
+        <x:v>608225</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>590236</x:v>
+        <x:v>609108</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>211</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>170</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>212</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>42812</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>585298</x:v>
+        <x:v>598166</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>609108</x:v>
+        <x:v>590236</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>121</x:v>
-[...1 lines deleted...]
-      <x:c r="C62" s="15" t="s"/>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="n">
+        <x:v>40374</x:v>
+      </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>122</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>124</x:v>
-[...1 lines deleted...]
-      <x:c r="J62" s="14" t="s"/>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s">
+        <x:v>210</x:v>
+      </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42812</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>608198</x:v>
+        <x:v>585298</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42826</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>616466</x:v>
+        <x:v>600703</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>204</x:v>
-[...1 lines deleted...]
-      <x:c r="H64" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>612948</x:v>
+        <x:v>608198</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>608225</x:v>
+        <x:v>616466</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>614241</x:v>
+        <x:v>612948</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>42870</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>576702</x:v>
+        <x:v>614241</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>609341</x:v>
+        <x:v>576702</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>162</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>600628</x:v>
+        <x:v>555982</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>157</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>609357</x:v>
+        <x:v>600628</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>148</x:v>
-[...2 lines deleted...]
-        <x:v>149</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="S71" s="0" t="n">
+        <x:v>609357</x:v>
+      </x:c>
+      <x:c r="T71" s="4" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>612971</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>42891</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>555982</x:v>
+        <x:v>613260</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
+      <x:c r="I74" s="16" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="Q74" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="Q74" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>613260</x:v>
+        <x:v>609341</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>600629</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
@@ -6279,226 +6279,226 @@
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>585357</x:v>
+        <x:v>585366</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>585358</x:v>
+        <x:v>585357</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>585362</x:v>
+        <x:v>585358</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>585366</x:v>
+        <x:v>585362</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>236</x:v>
@@ -6686,76 +6686,76 @@
         <x:v>614492</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>614263</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>259</x:v>
@@ -6846,75 +6846,75 @@
       <x:c r="T88" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>606100</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
@@ -7011,75 +7011,75 @@
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>602709</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>284</x:v>
@@ -7122,132 +7122,132 @@
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>614989</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>602707</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
@@ -7908,75 +7908,75 @@
       <x:c r="T108" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>606132</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
@@ -8425,127 +8425,127 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>591714</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>586810</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>616608</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>313</x:v>
@@ -8581,76 +8581,76 @@
         <x:v>620542</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>586857</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>309</x:v>
@@ -8827,139 +8827,139 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>591709</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>610905</x:v>
+        <x:v>620027</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>620027</x:v>
+        <x:v>610905</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>353</x:v>
@@ -8981,51 +8981,51 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>597917</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
@@ -9138,145 +9138,145 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>618260</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>615376</x:v>
+        <x:v>591719</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>591719</x:v>
+        <x:v>615376</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
@@ -9554,75 +9554,75 @@
         <x:v>305</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>605127</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>586825</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
@@ -9712,75 +9712,75 @@
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>606135</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>308</x:v>
@@ -10230,76 +10230,76 @@
         <x:v>620541</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>586858</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38451</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -10591,75 +10591,75 @@
         <x:v>67</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>610763</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>586811</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -10734,302 +10734,303 @@
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>617968</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>590565</x:v>
+        <x:v>610785</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>610785</x:v>
+        <x:v>590565</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>400</x:v>
-[...1 lines deleted...]
-      <x:c r="H166" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="R166" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="R166" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>618090</x:v>
+        <x:v>584550</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="I167" s="4" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="K167" s="0" t="s">
         <x:v>407</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>584550</x:v>
+        <x:v>618090</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>590548</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
@@ -11095,194 +11096,194 @@
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>610707</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>610797</x:v>
+        <x:v>586859</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>586859</x:v>
+        <x:v>610764</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>610764</x:v>
+        <x:v>610797</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
@@ -11359,76 +11360,76 @@
         <x:v>610757</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>586812</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>309</x:v>
@@ -11450,141 +11451,142 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>610786</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>351</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>597899</x:v>
+        <x:v>610775</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>610775</x:v>
+        <x:v>597899</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>309</x:v>
@@ -11607,403 +11609,402 @@
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>610780</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="I181" s="4" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="K181" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L181" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="M181" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N181" s="3" t="n">
+        <x:v>42819</x:v>
+      </x:c>
+      <x:c r="O181" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="P181" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="Q181" s="4" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="R181" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="S181" s="0" t="n">
+        <x:v>610765</x:v>
+      </x:c>
+      <x:c r="T181" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="I181" s="4" t="s">
-[...29 lines deleted...]
-      <x:c r="T181" s="4" t="s">
+      <x:c r="U181" s="4" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
-      <x:c r="H182" s="14" t="s">
+      <x:c r="I182" s="16" t="s">
         <x:v>418</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>419</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>417</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="R182" s="14" t="s">
         <x:v>419</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>590889</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>610765</x:v>
+        <x:v>618822</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="U183" s="4" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>590566</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="U184" s="16" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>586860</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>308</x:v>
-[...1 lines deleted...]
-      <x:c r="H186" s="14" t="s"/>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s">
+        <x:v>352</x:v>
+      </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>610759</x:v>
+        <x:v>597902</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="U186" s="16" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>351</x:v>
-[...2 lines deleted...]
-        <x:v>352</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>597902</x:v>
+        <x:v>610759</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="U187" s="4" t="s">
         <x:v>415</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
@@ -12232,186 +12233,186 @@
         <x:v>185</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>610705</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>586813</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>605132</x:v>
+        <x:v>590549</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>590549</x:v>
+        <x:v>605132</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
@@ -12643,75 +12644,75 @@
         <x:v>393</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>617963</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>586826</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -12899,125 +12900,125 @@
         <x:v>605408</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>586814</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>586861</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -13809,51 +13810,51 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>610790</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
@@ -13924,76 +13925,76 @@
         <x:v>610776</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>586815</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>95</x:v>
@@ -14007,51 +14008,51 @@
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>605409</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
@@ -14060,153 +14061,153 @@
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>610902</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>586862</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42819</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>610783</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
@@ -14374,83 +14375,83 @@
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>610791</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>584551</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -14536,125 +14537,125 @@
         <x:v>610777</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>586816</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>586863</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
@@ -15600,139 +15601,139 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>619990</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>602806</x:v>
+        <x:v>590569</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>590569</x:v>
+        <x:v>602806</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
@@ -16162,87 +16163,87 @@
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>615388</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>584552</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>309</x:v>
@@ -16529,75 +16530,75 @@
         <x:v>185</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>619984</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>586864</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -16631,75 +16632,75 @@
         <x:v>330</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>620013</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>586817</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -17352,131 +17353,131 @@
       <x:c r="S292" s="14" t="n">
         <x:v>620011</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>620821</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>586818</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>309</x:v>
@@ -17611,125 +17612,125 @@
         <x:v>620052</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>586865</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>586827</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -17765,75 +17766,75 @@
       <x:c r="S300" s="14" t="n">
         <x:v>619996</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>620908</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
@@ -18727,194 +18728,194 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>590571</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>584553</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>620901</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>586819</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>485</x:v>
@@ -18992,249 +18993,247 @@
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>619998</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>484</x:v>
-[...2 lines deleted...]
-        <x:v>485</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>621071</x:v>
+        <x:v>620014</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>307</x:v>
-[...1 lines deleted...]
-      <x:c r="C326" s="15" t="s"/>
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C326" s="15" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>308</x:v>
-[...1 lines deleted...]
-      <x:c r="H326" s="14" t="s"/>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H326" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
       <x:c r="I326" s="16" t="s">
-        <x:v>309</x:v>
-[...1 lines deleted...]
-      <x:c r="J326" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="J326" s="14" t="s">
+        <x:v>267</x:v>
+      </x:c>
       <x:c r="K326" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>42819</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>620014</x:v>
+        <x:v>616977</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>264</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>170</x:v>
-[...2 lines deleted...]
-        <x:v>267</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>43413</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>616977</x:v>
+        <x:v>621071</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>586866</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>309</x:v>
@@ -19473,75 +19472,75 @@
       <x:c r="T333" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>620913</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>308</x:v>
@@ -19883,76 +19882,76 @@
         <x:v>619901</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>586828</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>309</x:v>
@@ -20239,75 +20238,75 @@
         <x:v>305</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>605398</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>586820</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -20341,75 +20340,75 @@
         <x:v>67</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>620039</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>586867</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -20903,76 +20902,76 @@
         <x:v>590573</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>586821</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>309</x:v>
@@ -21005,76 +21004,76 @@
         <x:v>620024</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>586868</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>309</x:v>
@@ -21463,75 +21462,75 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>620009</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>586829</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -21874,75 +21873,75 @@
         <x:v>333</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>619913</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>586822</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
@@ -21968,139 +21967,139 @@
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>620042</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>42819</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>620057</x:v>
+        <x:v>586869</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>42829</x:v>
+        <x:v>42819</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>586869</x:v>
+        <x:v>620057</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>27</x:v>
@@ -22180,75 +22179,75 @@
         <x:v>316</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>590575</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>586823</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -22436,76 +22435,76 @@
         <x:v>615392</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>586870</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>309</x:v>
@@ -22538,76 +22537,76 @@
         <x:v>619904</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>42891</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>586831</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>309</x:v>