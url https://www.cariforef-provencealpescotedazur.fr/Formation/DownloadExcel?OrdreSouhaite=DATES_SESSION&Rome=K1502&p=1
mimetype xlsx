--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -900,51 +900,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>486164</x:v>
+        <x:v>486615</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -957,51 +957,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>486615</x:v>
+        <x:v>486164</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
@@ -1143,156 +1143,156 @@
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>528752</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>531595</x:v>
+        <x:v>531607</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>531607</x:v>
+        <x:v>531595</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>