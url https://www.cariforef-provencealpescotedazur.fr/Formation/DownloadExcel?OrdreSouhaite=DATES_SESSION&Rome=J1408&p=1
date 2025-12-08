--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -206,90 +206,90 @@
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'ostéopathe</x:t>
   </x:si>
   <x:si>
+    <x:t>Collège ostéopathique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège ostéopathique de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre d'ostéopathie ATMAN</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>06/30/2031 00:00:00</x:t>
+    <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de formation en ostéopathie du grand-Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1081,225 +1081,225 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>593734</x:v>
+        <x:v>593735</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="R7" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="S7" s="0" t="n">
+        <x:v>593734</x:v>
+      </x:c>
+      <x:c r="T7" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="U7" s="4" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="R8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="R8" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>593735</x:v>
+        <x:v>593736</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>593736</x:v>
+        <x:v>593737</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>