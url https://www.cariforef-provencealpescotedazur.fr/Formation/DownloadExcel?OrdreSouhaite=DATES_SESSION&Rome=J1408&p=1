--- v1 (2025-12-08)
+++ v2 (2026-02-08)
@@ -137,150 +137,150 @@
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'ostéopathe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iops Eurostéo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13590</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ostéopathie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2021 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ostéopathe</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation en Ostéopathie du Grand Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>IFO-GA</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 5 et plus</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
-    <x:t>09/09/2021 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme d'ostéopathe</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'ostéopathe</x:t>
   </x:si>
   <x:si>
+    <x:t>Collège ostéopathique de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Collège ostéopathique</x:t>
   </x:si>
   <x:si>
-    <x:t>13001</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Centre d'ostéopathie ATMAN</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de formation en ostéopathie du grand-Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -746,51 +746,51 @@
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
     <x:col min="2" max="2" width="22.040625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="13.885425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.495425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="53.070625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="28.510625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="53.070625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
-    <x:col min="18" max="18" width="21.260625" style="0" customWidth="1"/>
+    <x:col min="18" max="18" width="22.160625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="10" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="11" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="11" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="11" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="11" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="11" t="s">
@@ -824,482 +824,483 @@
         <x:v>15</x:v>
       </x:c>
       <x:c r="Q1" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="10" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="S1" s="12" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="T1" s="10" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="U1" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:21">
       <x:c r="A2" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B2" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="C2" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C2" s="15" t="s"/>
       <x:c r="D2" s="15" t="s"/>
       <x:c r="E2" s="14" t="s"/>
       <x:c r="F2" s="14" t="s"/>
       <x:c r="G2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="H2" s="14" t="s">
+      <x:c r="H2" s="14" t="s"/>
+      <x:c r="I2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="I2" s="16" t="s">
+      <x:c r="J2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J2" s="14" t="s">
+      <x:c r="K2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K2" s="14" t="s">
+      <x:c r="L2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="L2" s="14" t="s">
+      <x:c r="M2" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S2" s="14" t="n">
+        <x:v>420602</x:v>
+      </x:c>
+      <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="S2" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T2" s="16" t="s">
+      <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="C3" s="3" t="s"/>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C3" s="3" t="n">
+        <x:v>34258</x:v>
+      </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K3" s="0" t="s">
+      <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="L3" s="0" t="s">
+      <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>420602</x:v>
+        <x:v>319147</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>37257</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J4" s="14" t="s">
+      <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K4" s="14" t="s">
+      <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="L4" s="14" t="s">
+      <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>546687</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>37257</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="J5" s="0" t="s">
+      <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="K5" s="0" t="s">
+      <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="L5" s="0" t="s">
+      <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>574197</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="S6" s="14" t="n">
+        <x:v>593736</x:v>
+      </x:c>
+      <x:c r="T6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
-      <x:c r="S6" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T6" s="16" t="s">
+      <x:c r="U6" s="16" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="R7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="Q7" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>593734</x:v>
+        <x:v>593735</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="U7" s="4" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>593736</x:v>
+        <x:v>593734</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="U8" s="16" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>593737</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="U9" s="4" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>