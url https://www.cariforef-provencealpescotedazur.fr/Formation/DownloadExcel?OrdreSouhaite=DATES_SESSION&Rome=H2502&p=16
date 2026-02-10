--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -425,65 +425,65 @@
   <x:si>
     <x:t>Logistique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité hygiène sécurité environnement</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cycle Professionnel Renforcer sa posture de manager et son leadership</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cycle Professionnel Management des Hommes</x:t>
   </x:si>
   <x:si>
-    <x:t>Visiplus</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Management : Initiation + Approfondissement</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
@@ -554,110 +554,116 @@
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours médicaments et produits de santé</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Nanoscience nanotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité qualité, logistique industrielle et organisation parcours management de la production (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention traitement du signal et des images parcours traitement du signal et des images</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie industriel et informatique</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie biologique parcours biologie médicale et biotechnologie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expérimentation animale</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention traitement du signal et des images parcours traitement du signal et des images</x:t>
-[...2 lines deleted...]
-    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie industriel et informatique</x:t>
+    <x:t>Master mention électronique, énergie électrique, automatique parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention génie mécanique parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mécanique parcours feux et ingénierie de la sécurité incendie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours ingénierie des matériaux et nanotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours prévention des risques et nuisances technologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité matériaux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : gestion de la production industrielle parcours chargé d'affaire en chaudronnerie industrielle en partenariat avec le CNAM (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion production</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité microélectronique et télécommunications</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours conception de structures composites</x:t>
   </x:si>
   <x:si>
-    <x:t>Génie civil</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention électronique, énergie électrique, automatique parcours analyse et contrôle des systèmes</x:t>
   </x:si>
   <x:si>
-    <x:t>Électronique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention électronique, énergie électrique, automatique parcours génie des systèmes automatisés</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention électronique, énergie électrique, automatique parcours réseaux électriques bâtiments industries intelligents</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention électronique, énergie électrique, automatique parcours rurveillance et sûreté des systèmes par analyse de données</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours Internet of Things</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers de la transition et de l'efficacité énergétiques parcours exploitation des installations énergétiques pour le bâtiment et l'industrie</x:t>
   </x:si>
   <x:si>
     <x:t>Contrat performance énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mécanique parcours compétences complémentaires en informatique</x:t>
@@ -686,56 +692,50 @@
   <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère Spécialisé Ingénierie du Sport - Interaction Homme Matériel Environnement (IHME)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Service Formation Professionnelle For'Pro</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mécanique parcours fluids et solids</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours nano-ingénierie et dispositifs quantiques</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention électronique, énergie électrique, automatique parcours compétences complémentaires en informatique</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé du conservatoire national des arts et métiers spécialité génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
@@ -1103,72 +1103,72 @@
   <x:si>
     <x:t>Mathématiques décision</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité microélectronique et télécommunications</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mines Saint-Etienne - ISMIN - Campus Provence</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours biologie médicale et biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'aliment et biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>ASSO GAP AERO TALLARD HAUTES ALPES</x:t>
   </x:si>
   <x:si>
     <x:t>05130</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité microélectronique et télécommunications</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable amélioration continue en industrie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
   </x:si>
   <x:si>
     <x:t>Kaizen</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
@@ -2948,100 +2948,100 @@
       <x:c r="K22" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>559257</x:v>
+        <x:v>559265</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>559265</x:v>
+        <x:v>559257</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>125</x:v>
@@ -3877,2214 +3877,2211 @@
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>554900</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>35367</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
-      <x:c r="E39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>12010</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>556141</x:v>
+        <x:v>575009</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>40179</x:v>
+        <x:v>38097</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>44</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>134</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>12554</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>546663</x:v>
+        <x:v>575050</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>39130</x:v>
+        <x:v>35367</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>12010</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>558153</x:v>
+        <x:v>556141</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>40179</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
-      <x:c r="E42" s="14" t="s"/>
+      <x:c r="E42" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>133</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>12554</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>575009</x:v>
+        <x:v>546663</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38097</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>575050</x:v>
+        <x:v>581558</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>38682</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>23554</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>574978</x:v>
+        <x:v>581560</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>38682</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>23554</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>574983</x:v>
+        <x:v>574978</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>39433</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>575043</x:v>
+        <x:v>574983</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>35352</x:v>
+        <x:v>39433</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
-      <x:c r="E47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>31654</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>554901</x:v>
+        <x:v>575043</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>37582</x:v>
+        <x:v>35352</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s"/>
+      <x:c r="E48" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>575052</x:v>
+        <x:v>554901</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>30128</x:v>
+        <x:v>37582</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
-      <x:c r="E49" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>31652</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>555735</x:v>
+        <x:v>575052</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>37581</x:v>
+        <x:v>30128</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s"/>
+      <x:c r="E50" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>575054</x:v>
+        <x:v>555735</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>38984</x:v>
+        <x:v>37581</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>575010</x:v>
+        <x:v>575054</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>575011</x:v>
+        <x:v>575010</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38211</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>555743</x:v>
+        <x:v>575011</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>38687</x:v>
+        <x:v>38211</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s"/>
+      <x:c r="E54" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>24354</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>574947</x:v>
+        <x:v>555743</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>574948</x:v>
+        <x:v>574947</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>574949</x:v>
+        <x:v>574948</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>574950</x:v>
+        <x:v>574949</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>38997</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>24237</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>574995</x:v>
+        <x:v>574950</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>35489</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>22213</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>575554</x:v>
+        <x:v>574995</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>38682</x:v>
+        <x:v>35489</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>23554</x:v>
+        <x:v>22213</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>581567</x:v>
+        <x:v>575554</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>38997</x:v>
+        <x:v>38682</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>24237</x:v>
+        <x:v>23554</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>581573</x:v>
+        <x:v>581567</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>39195</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>574998</x:v>
+        <x:v>581573</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>37580</x:v>
+        <x:v>39195</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>575053</x:v>
+        <x:v>574998</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>39303</x:v>
+        <x:v>37580</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>23554</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>550283</x:v>
+        <x:v>575053</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>39255</x:v>
+        <x:v>39303</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>31845</x:v>
+        <x:v>23554</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>550298</x:v>
+        <x:v>550283</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38321</x:v>
+        <x:v>39255</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>31845</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>550303</x:v>
+        <x:v>550298</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>40231</x:v>
+        <x:v>38321</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>575991</x:v>
+        <x:v>550303</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>30126</x:v>
+        <x:v>40231</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>31608</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="R68" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="R68" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>550285</x:v>
+        <x:v>575991</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>38321</x:v>
+        <x:v>30126</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>31608</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>550304</x:v>
+        <x:v>550285</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>201</x:v>
-[...1 lines deleted...]
-      <x:c r="C70" s="15" t="s"/>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C70" s="15" t="n">
+        <x:v>38321</x:v>
+      </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="J70" s="14" t="s"/>
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="J70" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>603934</x:v>
+        <x:v>550304</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>167</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="J71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>24356</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>575008</x:v>
+        <x:v>603934</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>38682</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>23554</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>574979</x:v>
+        <x:v>575008</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>38682</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>23554</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>574984</x:v>
+        <x:v>574979</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38687</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>24354</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>581558</x:v>
+        <x:v>574984</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>38984</x:v>
+        <x:v>39130</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
+      <x:c r="E75" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>581560</x:v>
+        <x:v>558153</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39130</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
@@ -6206,51 +6203,51 @@
       <x:c r="J78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>587824</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -6511,51 +6508,51 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>523258</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
@@ -6599,221 +6596,222 @@
       <x:c r="K85" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>613715</x:v>
+        <x:v>613723</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>88</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>89</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>80</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>24454</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>615681</x:v>
+        <x:v>613715</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>241</x:v>
-[...1 lines deleted...]
-      <x:c r="C87" s="3" t="s"/>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="n">
+        <x:v>38981</x:v>
+      </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="J87" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>599727</x:v>
+        <x:v>615681</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>119</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>243</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>613723</x:v>
+        <x:v>599727</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
@@ -6887,136 +6885,137 @@
         <x:v>26</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>588502</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>588503</x:v>
+        <x:v>591176</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>591176</x:v>
+        <x:v>588503</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>258</x:v>
@@ -7283,51 +7282,51 @@
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>588505</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>248</x:v>
@@ -7335,51 +7334,51 @@
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>591178</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
@@ -7712,51 +7711,51 @@
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>595664</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
@@ -7899,51 +7898,51 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>592093</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40300</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
@@ -7988,57 +7987,57 @@
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>591963</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
@@ -8052,111 +8051,111 @@
       <x:c r="H112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>605778</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>592790</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
@@ -8299,51 +8298,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>603418</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40701</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -8398,51 +8397,51 @@
       <x:c r="I118" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>591932</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
@@ -8583,82 +8582,82 @@
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>591875</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>35489</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>596772</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
@@ -8668,60 +8667,60 @@
         <x:v>40231</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>23613</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>592397</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8894,51 +8893,51 @@
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>591876</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
@@ -8951,51 +8950,51 @@
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>591877</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
@@ -9330,94 +9329,94 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>605780</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>602523</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37933</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
@@ -9820,54 +9819,54 @@
       <x:c r="I143" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>591984</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
@@ -9982,51 +9981,51 @@
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>591961</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
@@ -10264,622 +10263,622 @@
       <x:c r="I151" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>591873</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>35352</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>51</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>603419</x:v>
+        <x:v>591962</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>37581</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>591859</x:v>
+        <x:v>595605</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>269</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>38691</x:v>
+        <x:v>35352</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s"/>
+      <x:c r="E154" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>289</x:v>
-[...1 lines deleted...]
-      <x:c r="H154" s="14" t="s"/>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>52</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>11406</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>591860</x:v>
+        <x:v>603419</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>39003</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>24356</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>591931</x:v>
+        <x:v>591859</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>591934</x:v>
+        <x:v>591860</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>35367</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>12010</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>596694</x:v>
+        <x:v>591931</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>35368</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>596697</x:v>
+        <x:v>591934</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>40231</x:v>
+        <x:v>35367</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>23613</x:v>
+        <x:v>12010</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>592398</x:v>
+        <x:v>596694</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>38984</x:v>
+        <x:v>35368</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>591962</x:v>
+        <x:v>596697</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>37581</x:v>
+        <x:v>40231</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>23613</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>595605</x:v>
+        <x:v>592398</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">