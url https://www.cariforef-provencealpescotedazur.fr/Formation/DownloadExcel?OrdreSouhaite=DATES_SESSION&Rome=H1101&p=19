--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -362,77 +362,77 @@
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ogec Saint Jean de La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
@@ -650,110 +650,110 @@
   <x:si>
     <x:t>Master mention traitement du signal et des images parcours traitement du signal et des images</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement signal</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biomédical</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la santé : technologies parcours maintenance et technologie biomédicales</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion données massives</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurlom Prépa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurlom Prépa - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS cybersécurité, informatique et réseaux, électronique option A informatique et réseaux (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Alpes Provence</x:t>
-[...17 lines deleted...]
-    <x:t>Aurlom Prépa - Antenne Nice</x:t>
+    <x:t>Centre d'Etudes Européen Méditérranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEEME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours ingénierie mécanique</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre d'Etudes Européen Méditérranée</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en contrat de pro</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention traitement du signal et des images parcours compétences complémentaires en informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours signaux Images télécommunications et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
@@ -884,159 +884,159 @@
   <x:si>
     <x:t>08/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>BTS cybersécurité, informatique et réseaux, électronique option B électronique et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention traitement du signal et des images</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS CIEL - Cybersécurité, informatique et réseaux, électronique - Option B Electronique et réseaux (CIEL ER)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/05/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Vauvenargues</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Rempart-Vinci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO modèle électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Rouvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Apollinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie industriel et maintenance parcours ingénierie des systèmes pluritechniques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nice Sophia Ynov Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie biomédical</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
-  </x:si>
-[...100 lines deleted...]
-    <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Saint-Éloi</x:t>
   </x:si>
   <x:si>
     <x:t>13626</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
@@ -2525,218 +2525,218 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>509351</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>507323</x:v>
+        <x:v>504717</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="R16" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="R16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>504717</x:v>
+        <x:v>500990</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>500990</x:v>
+        <x:v>507323</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>69</x:v>
@@ -3138,51 +3138,51 @@
       <x:c r="T24" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -3310,204 +3310,202 @@
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>515635</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>120</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>57</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>493595</x:v>
+        <x:v>509241</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>515636</x:v>
+        <x:v>493595</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s"/>
+      <x:c r="E30" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>509241</x:v>
+        <x:v>515636</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -3547,75 +3545,75 @@
       <x:c r="T31" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>587888</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
@@ -4586,51 +4584,51 @@
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -4667,54 +4665,54 @@
       <x:c r="H51" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>556825</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
@@ -5439,51 +5437,51 @@
       <x:c r="J64" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>575009</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37926</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -5496,1066 +5494,1061 @@
       <x:c r="J65" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>575048</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>587892</x:v>
+        <x:v>556773</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>547086</x:v>
+        <x:v>550244</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>40807</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31023</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>556773</x:v>
+        <x:v>580913</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>550244</x:v>
+        <x:v>550264</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>40807</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>31023</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>580913</x:v>
+        <x:v>609462</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>550264</x:v>
+        <x:v>547559</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>546875</x:v>
+        <x:v>558736</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>558733</x:v>
+        <x:v>556774</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>558865</x:v>
+        <x:v>552270</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>556722</x:v>
+        <x:v>546875</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s"/>
+      <x:c r="E76" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>587896</x:v>
+        <x:v>558733</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
-      <x:c r="E77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>81</x:v>
-[...2 lines deleted...]
-        <x:v>82</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>609462</x:v>
+        <x:v>538396</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>195</x:v>
-[...1 lines deleted...]
-      <x:c r="H78" s="14" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>547559</x:v>
+        <x:v>558865</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>558736</x:v>
+        <x:v>556722</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
-      <x:c r="E80" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>556774</x:v>
+        <x:v>587892</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
-      <x:c r="E81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>552270</x:v>
+        <x:v>587896</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>575008</x:v>
+        <x:v>547086</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -6576,802 +6569,806 @@
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>550267</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>38980</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s"/>
+      <x:c r="E84" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>576166</x:v>
+        <x:v>560932</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>556585</x:v>
+        <x:v>547697</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>560932</x:v>
+        <x:v>575008</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>547697</x:v>
+        <x:v>576166</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>550249</x:v>
+        <x:v>556585</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>550254</x:v>
+        <x:v>550249</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>556772</x:v>
+        <x:v>550254</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>556775</x:v>
+        <x:v>556772</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>208</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>552109</x:v>
+        <x:v>556775</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>542496</x:v>
+        <x:v>552109</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>541903</x:v>
+        <x:v>542496</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>537199</x:v>
+        <x:v>541903</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>211</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>538396</x:v>
+        <x:v>537199</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -7440,51 +7437,51 @@
       <x:c r="J98" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>581574</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -7917,110 +7914,110 @@
       <x:c r="S106" s="14" t="n">
         <x:v>587887</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>587890</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -8143,75 +8140,75 @@
       <x:c r="S110" s="14" t="n">
         <x:v>549005</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>543637</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
@@ -8924,51 +8921,51 @@
         <x:v>233</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>614728</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>230</x:v>
@@ -9045,51 +9042,51 @@
       <x:c r="J126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>583863</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9114,51 +9111,51 @@
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>609465</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>26</x:v>
@@ -9199,51 +9196,51 @@
       <x:c r="U128" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -9258,51 +9255,51 @@
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -9473,884 +9470,889 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>596918</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>596898</x:v>
+        <x:v>591934</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>587895</x:v>
+        <x:v>612070</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>56</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>602214</x:v>
+        <x:v>596914</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>602808</x:v>
+        <x:v>602214</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s"/>
+      <x:c r="E138" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>276</x:v>
-[...1 lines deleted...]
-      <x:c r="H138" s="14" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>596905</x:v>
+        <x:v>602808</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>596908</x:v>
+        <x:v>596905</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>596909</x:v>
+        <x:v>596908</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>596911</x:v>
+        <x:v>596909</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>596920</x:v>
+        <x:v>596911</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>35498</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="Q143" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="Q143" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>596738</x:v>
+        <x:v>596920</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>35498</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>596897</x:v>
+        <x:v>596738</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>611947</x:v>
+        <x:v>596897</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>266</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>37926</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>595587</x:v>
+        <x:v>611947</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
+      <x:c r="E147" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>587893</x:v>
+        <x:v>605693</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s"/>
+      <x:c r="E148" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>612999</x:v>
+        <x:v>611312</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -10397,72 +10399,72 @@
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>602810</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
@@ -10478,399 +10480,396 @@
       <x:c r="H151" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>609584</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>37926</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
-      <x:c r="E152" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>605693</x:v>
+        <x:v>595587</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>594154</x:v>
+        <x:v>587893</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>611312</x:v>
+        <x:v>587895</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>39003</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>24356</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>591934</x:v>
+        <x:v>594154</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>612070</x:v>
+        <x:v>596898</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>596914</x:v>
+        <x:v>612999</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
@@ -10960,82 +10959,82 @@
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>596915</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>596919</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11068,51 +11067,51 @@
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>614369</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
@@ -11125,82 +11124,82 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>591931</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>591932</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
@@ -11362,75 +11361,75 @@
       <x:c r="R166" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>596893</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>596895</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
@@ -11699,135 +11698,135 @@
       <x:c r="R172" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>596903</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="I173" s="4" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="Q173" s="4" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>582019</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>594151</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
@@ -11866,91 +11865,91 @@
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>594156</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>592032</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -12109,72 +12108,72 @@
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>602809</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
@@ -12223,87 +12222,87 @@
       <x:c r="T181" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>35341</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>611967</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -12333,187 +12332,187 @@
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>585530</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>594148</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>594152</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>594153</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
@@ -12607,381 +12606,381 @@
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>600493</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>613000</x:v>
+        <x:v>594155</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>594155</x:v>
+        <x:v>591933</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>39003</x:v>
+        <x:v>37391</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>24356</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>591933</x:v>
+        <x:v>596912</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>596912</x:v>
+        <x:v>596913</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>37391</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>596913</x:v>
+        <x:v>613000</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>605936</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -13066,134 +13065,134 @@
       <x:c r="R196" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>596899</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>596900</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>602152</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
@@ -13385,282 +13384,282 @@
       <x:c r="J202" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>594146</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>592791</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>592029</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>592030</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>592031</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
@@ -13778,51 +13777,51 @@
       <x:c r="J209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>605695</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
@@ -14148,91 +14147,91 @@
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>613005</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>592028</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
@@ -14314,75 +14313,75 @@
       <x:c r="R218" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>596916</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>596917</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
@@ -14662,110 +14661,110 @@
       <x:c r="S224" s="14" t="n">
         <x:v>609464</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>588515</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>122</x:v>
       </x:c>