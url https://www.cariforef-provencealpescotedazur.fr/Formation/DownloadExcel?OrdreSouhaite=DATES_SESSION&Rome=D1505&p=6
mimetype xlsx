--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -377,57 +377,57 @@
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>FLC FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>06160</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
@@ -2283,145 +2283,144 @@
         <x:v>555924</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>564253</x:v>
+        <x:v>555926</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>555926</x:v>
+        <x:v>564253</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35010</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>61</x:v>
@@ -2583,81 +2582,81 @@
       <x:c r="S24" s="14" t="n">
         <x:v>548903</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>564252</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2743,160 +2742,159 @@
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>546279</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s"/>
+      <x:c r="E28" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>569975</x:v>
+        <x:v>548178</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
-      <x:c r="E29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>548178</x:v>
+        <x:v>569975</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -4452,329 +4450,330 @@
       <x:c r="S56" s="14" t="n">
         <x:v>603093</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>605451</x:v>
+        <x:v>608503</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>37099</x:v>
+        <x:v>41353</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>31734</x:v>
+        <x:v>31754</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>608502</x:v>
+        <x:v>608794</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>605450</x:v>
+        <x:v>608502</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q60" s="16" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="R60" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="Q60" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>608503</x:v>
+        <x:v>605451</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>41353</x:v>
+        <x:v>37099</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-        <x:v>62</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>31754</x:v>
+        <x:v>31734</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>608794</x:v>
+        <x:v>605450</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">