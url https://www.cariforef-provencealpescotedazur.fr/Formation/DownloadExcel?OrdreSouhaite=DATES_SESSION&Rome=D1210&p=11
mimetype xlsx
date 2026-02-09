--- v0 (2026-02-09)
+++ v1 (2026-02-09)
@@ -527,65 +527,65 @@
   <x:si>
     <x:t>05/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire spécialisé vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>IMFA</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching Paca - Ecole Supérieure de Commerce et de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Esid</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
@@ -1055,54 +1055,54 @@
   <x:si>
     <x:t>bac pro technicien conseil vente en animalerie</x:t>
   </x:si>
   <x:si>
     <x:t>MFR de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Bonaparte</x:t>
+  </x:si>
+  <x:si>
     <x:t>MFREO</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Institut Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
@@ -3629,219 +3629,219 @@
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>573915</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>37098</x:v>
+        <x:v>38856</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>34502</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>552987</x:v>
+        <x:v>545544</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>571695</x:v>
+        <x:v>552987</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38856</x:v>
+        <x:v>37098</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>42004</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>545544</x:v>
+        <x:v>571695</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
@@ -4259,51 +4259,51 @@
       <x:c r="J45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>581577</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4672,51 +4672,51 @@
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>581579</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6662,78 +6662,78 @@
       <x:c r="T86" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>599157</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8159,51 +8159,51 @@
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>608490</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -8278,51 +8278,51 @@
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>605456</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -8459,51 +8459,51 @@
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>605800</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>138</x:v>
@@ -8637,220 +8637,221 @@
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>596677</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>599052</x:v>
+        <x:v>605240</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>69</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>605613</x:v>
+        <x:v>599052</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>605240</x:v>
+        <x:v>605613</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>261</x:v>
@@ -8871,51 +8872,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>605457</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -9113,162 +9114,162 @@
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>608489</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>38856</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>42004</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>596676</x:v>
+        <x:v>606169</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>40358</x:v>
+        <x:v>38856</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>606169</x:v>
+        <x:v>596676</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>26</x:v>
       </x:c>