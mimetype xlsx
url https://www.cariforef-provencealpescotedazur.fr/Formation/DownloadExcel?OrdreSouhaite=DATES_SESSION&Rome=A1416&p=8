--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -389,125 +389,125 @@
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Legta de Gap - Lycée Agricole des Hautes Alpes Les Emeyères</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BP option responsable d'entreprise agricole</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>LEGTA</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle et de Promotion Agricole Antibes</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Berger vacher transhumant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Élevage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'Institut Agro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Berger vacher transhumant</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP option responsable d'entreprise agricole BC04 Assurer la gestion technico-économique, financière et administrative de l’entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>FORCALQUIER</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stage en exploitation agricole - Plan de Professionnalisation Personnalisé (PPP)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre Départementale d'Agriculture du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83006</x:t>
@@ -791,123 +791,123 @@
   <x:si>
     <x:t>Lycée agricole Carmejane - Maurice Plantier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Digne Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>CARMEJANE-LE CHAFFAUT</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTSA ACS'AGRI : analyse, conduite et stratégie de l'entreprise agricole option transition agricole dans les territoires métropolitains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA L Giraud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Masséna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Géophysique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Provence Verte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA agronomie et cultures durables</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA d'Aix-Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
-  </x:si>
-[...67 lines deleted...]
-    <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>BPA option ouvrier d'élevage de ruminants et de cultures fourragères (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -2590,447 +2590,449 @@
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>549027</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>36936</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>21022</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>549652</x:v>
+        <x:v>555700</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>37</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21060</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>555700</x:v>
+        <x:v>570717</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>93</x:v>
-[...1 lines deleted...]
-      <x:c r="C23" s="3" t="s"/>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>35369</x:v>
+      </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>21060</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>570717</x:v>
+        <x:v>575963</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>92</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>35369</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s"/>
+      <x:c r="E24" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>575963</x:v>
+        <x:v>558679</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>558679</x:v>
+        <x:v>549867</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>549867</x:v>
+        <x:v>554250</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>554250</x:v>
+        <x:v>549799</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>35</x:v>
@@ -3038,368 +3040,368 @@
       <x:c r="H28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>549799</x:v>
+        <x:v>549861</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>549861</x:v>
+        <x:v>549796</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>549796</x:v>
+        <x:v>549860</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38093</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>549860</x:v>
+        <x:v>558670</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>555718</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38316</x:v>
+        <x:v>36936</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>21022</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>558670</x:v>
+        <x:v>549652</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
@@ -3611,166 +3613,166 @@
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>583941</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>36853</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G38" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21056</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>583536</x:v>
+        <x:v>584714</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>36853</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>21056</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="S39" s="0" t="n">
+        <x:v>583536</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="G40" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -4361,111 +4363,111 @@
         <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s"/>
       <x:c r="S50" s="14" t="n">
-        <x:v>615318</x:v>
+        <x:v>615326</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>615326</x:v>
+        <x:v>615318</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
@@ -4540,88 +4542,88 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>583518</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>41658</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="G54" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>21056</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>613977</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
@@ -5318,51 +5320,51 @@
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>596654</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5375,51 +5377,51 @@
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>596655</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -5429,51 +5431,51 @@
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>596656</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>81</x:v>
@@ -5550,51 +5552,51 @@
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21022</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>605829</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -5664,112 +5666,112 @@
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>605497</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>605790</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -5785,51 +5787,51 @@
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>605817</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5842,51 +5844,51 @@
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>596659</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -5902,1258 +5904,1258 @@
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>605827</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>605821</x:v>
+        <x:v>592188</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>231</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>596660</x:v>
+        <x:v>592948</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>592187</x:v>
+        <x:v>596660</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38316</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>21052</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>596658</x:v>
+        <x:v>592187</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>592949</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>38093</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
-      <x:c r="E83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>606808</x:v>
+        <x:v>596658</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>223</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>35369</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s"/>
+      <x:c r="E84" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>252</x:v>
-[...1 lines deleted...]
-      <x:c r="H84" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>596692</x:v>
+        <x:v>606808</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>36936</x:v>
+        <x:v>35369</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>21022</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="Q85" s="4" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>71</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>596453</x:v>
+        <x:v>596692</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>36936</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21022</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>605818</x:v>
+        <x:v>596453</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>605820</x:v>
+        <x:v>605818</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>38316</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>599634</x:v>
+        <x:v>605820</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>599636</x:v>
+        <x:v>599634</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>223</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s"/>
+      <x:c r="E90" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>260</x:v>
-[...1 lines deleted...]
-      <x:c r="H90" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>592188</x:v>
+        <x:v>599636</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
-      <x:c r="E91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>37</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>605816</x:v>
+        <x:v>595477</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>605819</x:v>
+        <x:v>596657</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>224</x:v>
-[...1 lines deleted...]
-      <x:c r="C93" s="3" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="n">
+        <x:v>38093</x:v>
+      </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="K93" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L93" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="M93" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N93" s="3" t="n">
+        <x:v>12598</x:v>
+      </x:c>
+      <x:c r="O93" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="P93" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="K93" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>595477</x:v>
+        <x:v>605821</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>223</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>38316</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>25</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>596657</x:v>
+        <x:v>605828</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>250</x:v>
-[...1 lines deleted...]
-      <x:c r="C95" s="3" t="s"/>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="n">
+        <x:v>39065</x:v>
+      </x:c>
       <x:c r="D95" s="3" t="s"/>
+      <x:c r="E95" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="J95" s="0" t="s">
+        <x:v>266</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>12233</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>592948</x:v>
+        <x:v>605907</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>36936</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>21022</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>615034</x:v>
+        <x:v>605816</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>605828</x:v>
+        <x:v>605819</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>39065</x:v>
+        <x:v>36936</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>21022</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>605907</x:v>
+        <x:v>615034</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>