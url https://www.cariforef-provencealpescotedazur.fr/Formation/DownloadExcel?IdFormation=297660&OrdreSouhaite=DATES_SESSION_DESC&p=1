--- v0 (2025-12-24)
+++ v1 (2026-02-15)
@@ -167,72 +167,72 @@
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Technico-commercial</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Professionnel Régional La Coudoulière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée du Val d'Argens</x:t>
   </x:si>
   <x:si>
     <x:t>83490</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Amiral de Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -777,172 +777,172 @@
       </x:c>
       <x:c r="Q1" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="10" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="S1" s="12" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="T1" s="10" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="U1" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:21">
       <x:c r="A2" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B2" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C2" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D2" s="15" t="s"/>
       <x:c r="E2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F2" s="14" t="s"/>
       <x:c r="G2" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I2" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>608132</x:v>
+        <x:v>608129</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>608129</x:v>
+        <x:v>608132</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">